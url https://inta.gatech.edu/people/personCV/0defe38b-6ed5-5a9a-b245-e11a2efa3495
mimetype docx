--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -2,14951 +2,14635 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="498A71E1" w14:textId="780DBB9D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00E7688E">
+    <w:p w14:paraId="498A71E1" w14:textId="33EB873E" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00E7688E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PREPARATION DATE: </w:t>
       </w:r>
-      <w:r w:rsidR="00A13773" w:rsidRPr="00222C86">
-[...18 lines deleted...]
-    <w:p w14:paraId="69EA8A9D" w14:textId="77777777" w:rsidR="009F4072" w:rsidRPr="00222C86" w:rsidRDefault="009F4072" w:rsidP="009F4072">
+      <w:r w:rsidR="002D5C87">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EA8A9D" w14:textId="77777777" w:rsidR="009F4072" w:rsidRPr="00FB3B3D" w:rsidRDefault="009F4072" w:rsidP="009F4072">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04B93DB2" w14:textId="518093C7" w:rsidR="009F4072" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="009F4072">
+    <w:p w14:paraId="04B93DB2" w14:textId="3CC4AE01" w:rsidR="009F4072" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="009F4072">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>BRIAN WOODALL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Professor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="002D5C87">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Emeritus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
         <w:t>Sam Nunn School of International Affairs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3F991B" w14:textId="5EE7FBF1" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="009F4072">
+    <w:p w14:paraId="5F3F991B" w14:textId="5EE7FBF1" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="009F4072">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Georgia Institute of Technology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790BB2D8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...7 lines deleted...]
-    <w:p w14:paraId="7CB915FA" w14:textId="34D15CF5" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="790BB2D8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB915FA" w14:textId="34D15CF5" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>EARNED</w:t>
       </w:r>
-      <w:r w:rsidR="009F4072" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009F4072" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> DEGREES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FCF0C3" w14:textId="77777777" w:rsidR="0051596C" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="42FCF0C3" w14:textId="77777777" w:rsidR="0051596C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctor of Philosophy, 1990. University of California at Berkeley. Field: Political Science. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E18EE1" w14:textId="4A51E64D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="25E18EE1" w14:textId="4A51E64D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Master of Arts, 1983. University of Utah. Field: Political Science. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5933210F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5933210F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bachelor of Arts (with a Certificate in International Relations), 1981. University of Utah. Field: Political Science. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198815B1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="198815B1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bachelor of Arts, 1979. University of Utah. Field: History. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9025C4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...6 lines deleted...]
-    <w:p w14:paraId="14B4E798" w14:textId="1805B762" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="3F9025C4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B4E798" w14:textId="1805B762" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">EMPLOYMENT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B255FD9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="62ED7FA8" w14:textId="37DF12F5" w:rsidR="002D5C87" w:rsidRDefault="002D5C87" w:rsidP="006F7B8A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor Emeritus, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sam Nunn School of International Affairs, Georgia Institute of Technology, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2BB1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153C878F" w14:textId="2AA3A494" w:rsidR="006F7B8A" w:rsidRPr="00FB3B3D" w:rsidRDefault="006F7B8A" w:rsidP="006F7B8A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visiting Research Fellow. Kobe University, May to August 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B255FD9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Visiting Research Fellow. Kobe University, May to August 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DAF96C" w14:textId="520173C6" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00AC54D5" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="63DAF96C" w14:textId="520173C6" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AC54D5" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Visiting Research Fellow</w:t>
       </w:r>
-      <w:r w:rsidR="00332B72" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00332B72" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Department of Transdisciplinary Science and Engineering (School of Environment and Society), Tokyo Institute of Technology, May to August 2018. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629F8C28" w14:textId="0E111476" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00AC54D5" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="629F8C28" w14:textId="0E111476" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AC54D5" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Visiting Research Fellow</w:t>
       </w:r>
-      <w:r w:rsidR="00332B72" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00332B72" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Department of Transdisciplinary Science and Engineering (School of Environment and Society), Tokyo Institute of Technology, May to August 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD0D843" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1DD0D843" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Adjunct Professor. Department of Transdisciplinary Science and Engineering (School of Environment and Society), Tokyo Institute of Technology, May to August 2016. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F85BCFC" w14:textId="358DE152" w:rsidR="007F083F" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7F85BCFC" w14:textId="358DE152" w:rsidR="007F083F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Visiting </w:t>
       </w:r>
-      <w:r w:rsidR="00787499" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00787499" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Instructor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>. School of Law, Tohoku University, 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7005543C" w14:textId="56914DF7" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00787499" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7005543C" w14:textId="56914DF7" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00787499" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Visiting Research Fellow</w:t>
       </w:r>
-      <w:r w:rsidR="00332B72" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00332B72" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Graduate School of Engineering, Tokyo Institute of Technology, 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177D7018" w14:textId="3CF0ECAB" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...12 lines deleted...]
-      <w:r w:rsidR="006C3DDA" w:rsidRPr="00222C86">
+    <w:p w14:paraId="177D7018" w14:textId="487156A8" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2BB1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sam Nunn School of International Affairs, Georgia Institute of Technology, 2015 to </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5C87">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3DDA" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00025941" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00025941" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42420A95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="42420A95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fulbright Research Fellow. Graduate School of Engineering, Tokyo Institute of Technology, 2014- 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9CC301" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...32 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7A9CC301" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TiROP Visiting Scholar. Tokyo Institute of Technology, 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF1E523" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Associate Professor. Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997 to 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF05F95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5CF05F95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor. Sam Nunn School of International Affairs, Georgia Institute of Technology, 1994-1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238C579B" w14:textId="034271C4" w:rsidR="006B1E18" w:rsidRPr="00222C86" w:rsidRDefault="006B1E18" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="238C579B" w14:textId="034271C4" w:rsidR="006B1E18" w:rsidRPr="00FB3B3D" w:rsidRDefault="006B1E18" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Visiting Research </w:t>
       </w:r>
-      <w:r w:rsidR="006416E6" w:rsidRPr="00222C86">
+      <w:r w:rsidR="006416E6" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fellow</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Institute of Oriental Culture, University of Tokyo, 1993-1994</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8FB850" w14:textId="3E7181C6" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0C8FB850" w14:textId="3E7181C6" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor. Department of Government, Harvard University, 1991-1994. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009E9F19" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="009E9F19" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor. Department of Politics and Society, University of California at Irvine, 1990- 1991. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DF20AD" w14:textId="77777777" w:rsidR="006B1E18" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="32DF20AD" w14:textId="77777777" w:rsidR="006B1E18" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Lecturer. Department of Political Science, University of California at Berkeley, 1990.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604A20E0" w14:textId="34F564BD" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="604A20E0" w14:textId="34F564BD" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Associate. Berkeley-Hong Kong Project, University of California at Berkeley, 1989-1990. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452682F9" w14:textId="2987A5C7" w:rsidR="006B1E18" w:rsidRPr="00222C86" w:rsidRDefault="006B1E18" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="452682F9" w14:textId="2987A5C7" w:rsidR="006B1E18" w:rsidRPr="00FB3B3D" w:rsidRDefault="006B1E18" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Visiting Research </w:t>
       </w:r>
-      <w:r w:rsidR="006416E6" w:rsidRPr="00222C86">
+      <w:r w:rsidR="006416E6" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fellow</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Institute of Oriental Culture, University of Tokyo, 1987-1988</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DC2452" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="16DC2452" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Graduate Student Instructor. Department of Political Science, University of California at Berkeley, 1986-1987. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166A0ECC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="166A0ECC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Assistant. Center for Japanese Studies, University of California at Berkeley, 1984-1986. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC653A4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7DC653A4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Assistant. Berkeley Roundtable on the International Economy, University of California at Berkeley, 1983-1984. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C83A8E0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3C83A8E0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching Fellow. Department of Political Science, University of Utah, 1981-1983. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337E36EE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...6 lines deleted...]
-    <w:p w14:paraId="6BE5BA32" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="337E36EE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE5BA32" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">TEACHING </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F25B3D" w14:textId="095062AA" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="21F25B3D" w14:textId="095062AA" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Courses Taught </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E63AEB" w14:textId="18A05C5E" w:rsidR="00222C86" w:rsidRPr="00222C86" w:rsidRDefault="00222C86" w:rsidP="0010017E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3DC62706" w14:textId="6EC4AE8A" w:rsidR="002D5C87" w:rsidRPr="00FB3B3D" w:rsidRDefault="002D5C87" w:rsidP="002D5C87">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. Comparative Politics (INTA 3203).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D3F222" w14:textId="103BCA7E" w:rsidR="002D5C87" w:rsidRPr="00FB3B3D" w:rsidRDefault="002D5C87" w:rsidP="002D5C87">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Government and Politics of Japan (INTA 3231). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F87810C" w14:textId="2CABE6BF" w:rsidR="0091788D" w:rsidRPr="00FB3B3D" w:rsidRDefault="0091788D" w:rsidP="0091788D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fall 2024. Comparative Politics (INTA 3203). 29 students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C011D3" w14:textId="252C2D38" w:rsidR="0091788D" w:rsidRPr="00FB3B3D" w:rsidRDefault="0091788D" w:rsidP="0091788D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fall 2024. Energy, Environment, and Policy (INTA 3040/8803). 19 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E63AEB" w14:textId="4AE02E53" w:rsidR="00222C86" w:rsidRPr="00FB3B3D" w:rsidRDefault="00222C86" w:rsidP="0010017E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Spring 2024. Comparative Politics (INTA 3203). 27 students.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F37560E" w14:textId="5EF970F7" w:rsidR="00222C86" w:rsidRPr="00222C86" w:rsidRDefault="00222C86" w:rsidP="00222C86">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0F37560E" w14:textId="5EF970F7" w:rsidR="00222C86" w:rsidRPr="00FB3B3D" w:rsidRDefault="00222C86" w:rsidP="00222C86">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2024. Government and Politics of Japan (INTA 3231). 18 students (13 undergraduate; 4 graduate).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6BA224" w14:textId="76376007" w:rsidR="00222C86" w:rsidRPr="00FB3B3D" w:rsidRDefault="00222C86" w:rsidP="00222C86">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2024. Sustainable Megaregions Vertically Oriented Project. 13 students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCE98FC" w14:textId="5576CEBE" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2023. Energy, Environment, and Policy (INTA 3040/8803). 25 students (20 undergraduate; five graduate). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1516C2" w14:textId="66155448" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Fall 2023. Sustainable Megaregions Vertically Oriented Project. 21 students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5A87A3" w14:textId="2B213650" w:rsidR="00602F0D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00602F0D" w:rsidP="00602F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2023. Introduction to Global Development (INTA 2050-RJS; taught as part of Japan Summer Program in Sustainable Development), 22 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1267EE" w14:textId="5132AE93" w:rsidR="00602F0D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00602F0D" w:rsidP="00602F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2023. Smart &amp; Sustainable Megaregion (INTA 3232-RJS; taught as part of Japan Summer Program in Sustainable Development), 22 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2A0F11" w14:textId="5BF3A291" w:rsidR="00602F0D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00602F0D" w:rsidP="00602F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2023. Energy, Environment, and Policy (INTA 3040-RJS; taught as part of Japan Summer Program in Sustainable Development), 22 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBE3619" w14:textId="77777777" w:rsidR="007100ED" w:rsidRPr="00FB3B3D" w:rsidRDefault="007100ED" w:rsidP="007100ED">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2023. Sustainable Megaregions Vertically Oriented Project. 16 students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050B165C" w14:textId="4D92A7E0" w:rsidR="007100ED" w:rsidRPr="00FB3B3D" w:rsidRDefault="007100ED" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2023. Seminar in Comparative Politics (INTA 6202). 14 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D1814F" w14:textId="0F874AAD" w:rsidR="00ED2290" w:rsidRPr="00FB3B3D" w:rsidRDefault="00ED2290" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2022. </w:t>
+      </w:r>
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sustainable Megaregions Vertically Oriented Project. 16 students.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AFF6D6" w14:textId="60224722" w:rsidR="00ED2290" w:rsidRPr="00FB3B3D" w:rsidRDefault="00ED2290" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2022. Government and Politics of Japan (INTA 3231). </w:t>
+      </w:r>
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students (</w:t>
+      </w:r>
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> undergraduate; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> graduate).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6BA224" w14:textId="76376007" w:rsidR="00222C86" w:rsidRPr="00222C86" w:rsidRDefault="00222C86" w:rsidP="00222C86">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="74D36950" w14:textId="669D6334" w:rsidR="00F12810" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F12810" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2022. Government and Politics of Asia (INTA 2230). 50 students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37493B61" w14:textId="6D7C2110" w:rsidR="00FE55F1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FE55F1" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2021. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6D18" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Government and Politics of Japan (INTA 3231 and INTA 8803). 34 students (28 undergraduate; 6 graduate).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474CA379" w14:textId="0F77BD1A" w:rsidR="00091939" w:rsidRPr="00FB3B3D" w:rsidRDefault="00091939" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2021. Energy, Environment, and Policy (INTA 3040 and INTA 8803). </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB228C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB228C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> undergraduate; 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB228C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>graduate). Taught asynchronously.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494D384A" w14:textId="77777777" w:rsidR="00DC315D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00091939" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2020. Introduction to Comparative Politics (INTA 3203). 14 students. Taught asynchronously. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A30009" w14:textId="75A4AB51" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Fall 2023. Sustainable Megaregions Vertically Oriented Project. 21 students.</w:t>
-[...256 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Spring 2021. Seminar in Comparative Politics (INTA 6202). 14 students. </w:t>
       </w:r>
-      <w:r w:rsidR="00B2277A" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00B2277A" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Taught asynchronously.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D45410C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2D45410C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2020. Energy, Environment, and Policy (INTA 3040 and INTA 8803). 41 students (31 undergraduate; 10 graduate). Taught asynchronously. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DD32CA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="54DD32CA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2020. Government and Politics of Asia (INTA 2230). 50 students. Taught asynchronously. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F24986" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="44F24986" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2020. Seminar in Comparative Politics (INTA 6202). 1 student (Meredith Furbish); co-taught with Anjali Thomas and Kirk Bowman. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DFB60DD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1DFB60DD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2020. Energy, Environment, and Policy (INTA 3040 and INTA 8803). 30 students (21 undergraduates; 9 graduate). Taught asynchronously as Summer Online Undergraduate Program course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBFC731" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2020. Introduction to Comparative Politics (INTA 3203). 34 students. Taught asynchronously as Summer Online Undergraduate Program course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B497287" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2020. Seminar in Comparative Politics (INTA 6202). 20 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBB62B6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2019. Introduction to Comparative Politics (INTA 3203). 28 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC6A665" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2019. Government and Politics of Asia (INTA 2230). 44 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FDDDD0" w14:textId="3BEBE389" w:rsidR="00F25301" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F25301" w:rsidP="00F25301">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Summer 2019. Introduction to Global Development (INTA 2050-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (</w:t>
+      </w:r>
+      <w:r w:rsidR="00356BA3" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not including </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77105" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Kobe University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C6ECC8" w14:textId="6265CF74" w:rsidR="00356BA3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F25301" w:rsidP="00356BA3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2019. Smart &amp; Sustainable Megaregion (INTA </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5199A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3232</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-RJS; taught as part of Japan Summer Program in Sustainable Development), </w:t>
+      </w:r>
+      <w:r w:rsidR="00356BA3" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142CBCAD" w14:textId="21B653BA" w:rsidR="00356BA3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F25301" w:rsidP="00356BA3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2019. Energy, Environment, and Policy (INTA </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5199A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3040</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-RJS; taught as part of Japan Summer Program in Sustainable Development), </w:t>
+      </w:r>
+      <w:r w:rsidR="00356BA3" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB704AE" w14:textId="77777777" w:rsidR="00356BA3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F25301" w:rsidP="00356BA3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2019. Capstone Seminar in Sustainable Development (INTA 4744-RJS; taught as part of Japan Summer Program in Sustainable Development), </w:t>
+      </w:r>
+      <w:r w:rsidR="00356BA3" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 students (not including Kobe University students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B8D658" w14:textId="573B4F24" w:rsidR="008666B3" w:rsidRPr="00FB3B3D" w:rsidRDefault="008666B3" w:rsidP="008666B3">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2019. Seminar in Comparative Politics. 16 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6717102C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2018. Introduction to Comparative Politics (INTA 3203). 16 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD44950" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2018. Government and Politics of Japan (INTA 3231/INTA 8803). 12 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0D8064" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Summer 2020. Energy, Environment, and Policy (INTA 3040 and INTA 8803). 30 students (21 undergraduates; 9 graduate). Taught asynchronously as Summer Online Undergraduate Program course. </w:t>
-[...226 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Summer 2018. Introduction to Global Development (INTA 2050-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (additionally, 16 Tokyo Tech students). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A035FC2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4A035FC2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Summer 2018. Smart &amp; Sustainable Megaregion (INTA 4803-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (additionally, 16 Tokyo Tech students). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7D70BC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7E7D70BC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Summer 2018. Energy, Environment, and Policy (INTA 4813-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (additionally, 16 Tokyo Tech students). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5AE5A4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2D5AE5A4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2018. Capstone Seminar in Sustainable Development (INTA 4744-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (additionally, 16 Tokyo Tech students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13289C79" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2018. Introduction to Comparative Politics (INTA 3203; taught as part of Pacific Program), 41 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180783E8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2017. Introduction to Comparative Politics (INTA 3203). 21 students. Fall 2017. Government and Politics of Japan (INTA 3231). 12 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735C2CBA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2017. Introduction to Global Development (taught as part of Japan Summer Program in Sustainable Development), 17 students (additionally, 9 Tokyo Tech students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322CC66B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2017. Sustainable Global City / Tokyo (taught as part of Japan Summer Program in Sustainable Development), 17 students (additionally, 9 Tokyo Tech students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC4D19B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2017. Energy, Environment, and Policy (taught as part of Japan Summer Program in Sustainable Development), 17 students (additionally, 9 Tokyo Tech students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAA263C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2017. Capstone Seminar in Sustainable Development (taught as part of Japan Summer Program in Sustainable Development), 17 students (additionally, 9 Tokyo Tech students). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7989C09B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2016. Government and Politics of Japan (3231/8803). 21 students. Fall 2016. Introduction to Comparative Politics. 16 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AF0168" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2016. Introduction to Global Development (Department of Transdisciplinary Science and Engineering, Tokyo Institute of Technology), 17 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D5B970" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summer 2016. Energy, Environment, and Policy (Department of Transdisciplinary Science and Engineering, Tokyo Institute of Technology), 10 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A37E28A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2016. Introduction to Comparative Politics (INTA 3203). 41 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFAB4B4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2015. Introduction to Comparative Politics (INTA 3203/8803). 49 students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F33EDF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Summer 2018. Capstone Seminar in Sustainable Development (INTA 4744-RJS; taught as part of Japan Summer Program in Sustainable Development), 14 students (additionally, 16 Tokyo Tech students). </w:t>
-[...166 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Fall 2015. Government and Politics of Japan (INTA 3231). 21 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BFD6EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="36BFD6EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Summer 2015. Environmental Politics (INTA 4040 / Oxford Program), 25 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A4AA0B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="78A4AA0B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Summer 2015. Introduction to Comparative Politics (INTA 3203 / Oxford Program), 25 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601C5C6F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="601C5C6F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2015. Japanese Government and Politics (School of Law, Tohoku University), 34 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B12F2A7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3B12F2A7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2015. Principles of International Co-existence (co-taught; Tokyo Institute of Technology). 25 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F3D2D3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="60F3D2D3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Spring 2014. Seminar in Comparative Politics (INTA 6202). 13 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EBC08C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="04EBC08C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2014. Introduction to Comparative Politics (INTA 3203). 43 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634670CE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="634670CE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2014. Ph.D. Proseminar in International Affairs, Science and Technology. 3 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206286A6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="206286A6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2013. Seminar in Comparative Politics (INTA 6202). 13 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED452C9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7ED452C9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2013. Government and Politics of Japan (INTA 3231 / INTA 8803-BW). 33 students (4 graduate students). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3884EB" w14:textId="77777777" w:rsidR="00BB619F" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4E3884EB" w14:textId="77777777" w:rsidR="00BB619F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fall 2012. Orientation to International Affairs (INTA 2001), 75 students. Fall, 2012. Comparative Politics (INTA 6202). 5 students.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3278E9F9" w14:textId="7B78393B" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3278E9F9" w14:textId="7B78393B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fall 2012. Ph.D. Proseminar (INTA 8010). 2 students.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Spring 2012. Comparative Politics (INTA 3203), 15 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B4C029" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="63B4C029" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2011. Seminar in Comparative Politics (INTA 6202), 11 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283CC268" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="283CC268" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2011. Orientation to International Affairs (INTA 2001), 73 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFADDA2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3DFADDA2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2011. Ph.D. Proseminar (INTA 8010). 1 student. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C155F20" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5C155F20" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2011. Seminar in Comparative Politics (INTA 6202), 22 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEF2F35" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3AEF2F35" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2010. Government and Politics of Japan (INTA 3231 / INTA 8803-BW). 27 students (6 graduate students). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E57B51E" w14:textId="77777777" w:rsidR="00BB619F" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3E57B51E" w14:textId="77777777" w:rsidR="00BB619F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fall 2010. Ph.D. Proseminar (INTA 8010). 2 students.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4896E904" w14:textId="77777777" w:rsidR="00E836D9" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4896E904" w14:textId="77777777" w:rsidR="00E836D9" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fall 2010. Orientation to International Affairs (co-taught) (INTA 1001). 95 students. Fall 2009</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Orientation to International Affairs (co-taught) (INTA 1001). 78 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F2E344" w14:textId="6733C845" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="04F2E344" w14:textId="6733C845" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2009. Ph.D. Proseminar (INTA 7010). 5 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75056777" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="75056777" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Spring 2009. Seminar in Comparative Politics (INTA 6202). 11 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5F302C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6B5F302C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2008. Orientation to International Affairs (co-taught) (INTA 1001). 92 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC7F036" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3DC7F036" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2008. Ph.D. Proseminar (INTA 7010). 5 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A571492" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3A571492" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2008. The Japanese Economy (INTA-4803-BW, and INTA-8803-BW, JAPN-4813-B, and ECON-4813-E). 19 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06421EA5" w14:textId="77777777" w:rsidR="006B1E18" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="06421EA5" w14:textId="77777777" w:rsidR="006B1E18" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2007. Government and Politics of East Asia (INTA 2230-A). 33 students. Fall 2007. Orientation to International Affairs (INTA 1001) 151 students. Spring 2007. Seminar in </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BCED6C" w14:textId="66A2952F" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="39BCED6C" w14:textId="66A2952F" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Comparative Politics (INTA 6202). 27 students.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Fall 2006. Orientation to International Affairs (INTA 1001). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FED0D8C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1FED0D8C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2006. Language-Across-the-Curriculum: Japanese Society and Politics (INTA 4803/8803 / JAPN 4813). 15 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642D6802" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="642D6802" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2006. Government and Politics of Japan (INTA 3231). 28 students </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFBFEC0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3CFBFEC0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2005. Seminar in Comparative Politics (INTA 6202). 25 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A68E66A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2A68E66A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2005. Orientation to International Affairs (INTA 1001). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155C421C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="155C421C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2004. Seminar in Comparative Politics (INTA 6202). 20 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F60D83C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0F60D83C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2004. Language-Across-the-Curriculum: Japanese Society and Politics (INTA 4803/8803 / JAPN 4813). 10 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115421C8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="115421C8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2004. Orientation to International Affairs (INTA 1001). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A0C108" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="63A0C108" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2004. Seminar in Comparative Politics (INTA 6202). 25 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291A45C5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="291A45C5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2003. Government and Politics of Japan (INTA 3231). 51 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF365B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6FF365B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2003. Orientation to International Affairs (INTA 1001). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679109F2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="679109F2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2003. Seminar in Comparative Politics (INTA 6202). 26 students. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4237703E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4237703E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2003. Language-Across-the-Curriculum: Japanese Society and Politics (INTA 4803/8803 / JAPN 4813). 10 students (approximate). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D9C081" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="63D9C081" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2002. Orientation to International Affairs (INTA 1001). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BB07BB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="33BB07BB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2002. Government and Politics of Japan (INTA 3231). 45 students. Teaching effectiveness: course in progress (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292455DF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="292455DF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fall 2001. American Government in Comparative Perspective (INTA 1200B). 212 students. Teaching effectiveness: 4.4 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FF03AE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="71FF03AE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2001. Political Economy of Japan (INTA 3331/8803D). 14 students. Teaching effectiveness: 5.0 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3D28D7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5F3D28D7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2000. Senior Seminar in International Strategy and Policy (INTA 4400). 14 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4854990C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4854990C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring 2000. Graduate Seminar in Comparative Politics (INTA 6100). 17 students. Teaching effectiveness: 4.5 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70802C23" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="70802C23" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 1999. American Government in Comparative Perspective (INTA 1200A). 220 students. Teaching effectiveness: 4.5 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002A1F33" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 1999. Political Economy of Japan (INTA 4876A). 15 students. Teaching effectiveness: 5.0 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFB8AF7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 1999. Senior Seminar in International Strategy and Policy II (INTA 4582A). 16 students. Teaching effectiveness: N/A (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0F22B6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winter 1999. Senior Seminar in International Strategy and Policy I (INTA 4581A). 17 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B38772" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winter 1998. Graduate Seminar in Comparative Politics (INTA 6100). 14 students. Teaching effectiveness: 4.8 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5FE667" w14:textId="2040A4D0" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winter 1998. Senior Seminar in International Strategy </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1E18" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy II (INTA 4582A). 14 students. Teaching effectiveness: 5.0 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5616A38E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winter 1998. Political Economy of Japan (INTA 4586). 18 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8D69E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 1997. Introduction to Comparative Politics (INTA 1100). 108 students. Teaching effectiveness: 4.6 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7523E122" w14:textId="7F44CFEF" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 1997. Senior Seminar in International Strategy </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1E18" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy I (INTA 4581A). 14 students. Teaching effectiveness: N/A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C80D3FA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 1997. Cross-Cultural Industry and Society (INTA 8403H). 6 students. Teaching effectiveness: N/A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75511D1F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winter 1997. Political Economy of Japan (INTA 4586). 9 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D71F7A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Fall 1999. American Government in Comparative Perspective (INTA 1200A). 220 students. Teaching effectiveness: 4.5 (5.0 maximum). </w:t>
-[...176 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Fall, 1996. Introduction to Comparative Politics (INTA 1100). 46 students. Teaching effectiveness: 4.7 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDF76D8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2EDF76D8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall, 1996. Government and Politics of Japan (INTA 3450). 8 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDF090C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4DDF090C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring, 1996. Political Economy of Japan (INTA 4876A). 8 students. Teaching effectiveness: 4.9 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006ADD44" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="006ADD44" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Winter, 1996. Political Economy of Japan (INTA 4876A). 5 students. Teaching effectiveness: N/A. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB72D42" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1EB72D42" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Winter, 1996. Government and Politics of Japan (INTA 3450). 17 students. Teaching effectiveness: 4.8 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744FEF40" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="744FEF40" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall, 1995. Japanese Management Practices (INTA 4875A). New course. 4 students. Teaching effectiveness: N/A. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399A7162" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="399A7162" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring, 1995. U.S.-Japan Economic Relations (INTA 4877A). New course. 11 students. Teaching effectiveness: 4.3 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FC99E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="74FC99E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring, 1995. Political Economy of Japan (INTA 4876A). 8 students. Teaching effectiveness: N/A. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A878C7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="19A878C7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Winter, 1994. Political Economy of Japan (INTA 4876A). 10 students. Teaching effectiveness: 4.8 (5.0 maximum). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2E1F90" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6F2E1F90" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Winter, 1994. Japan in the World Political Economy (INTA 4876B). 3 students. Teaching effectiveness: N/A. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB89E75" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6BB89E75" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577DDD22" w14:textId="7A6ABBEE" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Individual Student Guidance Ph.D. Students Supervised </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C4CA36" w14:textId="77777777" w:rsidR="00AB06D1" w:rsidRPr="00222C86" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="41C4CA36" w14:textId="77777777" w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Azell Francis (International Affairs, Georgia Tech) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358E5DA6" w14:textId="7BECF1ED" w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Graduation date:</w:t>
+      </w:r>
+      <w:r w:rsidR="004E440A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007951F9" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>May 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="004E440A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (expected)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AB6F97" w14:textId="20A7008F" w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dissertation title: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF290E" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Electric Utility Ownership, Governance, and Renewable Energy Development in Caribbean Small Island Developing States</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E4B5DF" w14:textId="2ED6BC79" w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Present position: </w:t>
+      </w:r>
+      <w:r w:rsidR="004E440A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Strategic Energy Institute Fellow, Georgia Institute of Technology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1921E077" w14:textId="77777777" w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AB06D1" w:rsidP="00AB06D1">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="631E6BD6" w14:textId="77777777" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yasser El Masri (Architecture, Georgia Tech)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211BD0E1" w14:textId="77777777" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Graduation date: 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4328FCF0" w14:textId="77777777" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dissertation title: The Global Role and Effects of Performance Diagnostics for Buildings under Climate Change Considerations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167C5BAE" w14:textId="77777777" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Present position: Doctoral Candidate, College of Architecture, Georgia Institute of Technology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD5E98B" w14:textId="77777777" w:rsidR="0010017E" w:rsidRPr="00FB3B3D" w:rsidRDefault="0010017E" w:rsidP="0010017E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BE4BC70" w14:textId="0250C46B" w:rsidR="00615A90" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Prerna Singh (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7248" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Civil &amp; Environmental Engineering</w:t>
+      </w:r>
+      <w:r w:rsidR="008D11D7" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Georgia Tech)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="247205F0" w14:textId="6DDBAE6B" w:rsidR="00615A90" w:rsidRPr="00FB3B3D" w:rsidRDefault="00632F30" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Graduation date:</w:t>
+      </w:r>
+      <w:r w:rsidR="006E440C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00610A42" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>August 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B252D51" w14:textId="696B6D14" w:rsidR="00632F30" w:rsidRPr="00FB3B3D" w:rsidRDefault="00632F30" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dissertation title:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C4F" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Development of Methodologies to Assess Adaptive Resilience in Infrastructure Systems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FA40E7" w14:textId="4F3F9818" w:rsidR="00632F30" w:rsidRPr="00FB3B3D" w:rsidRDefault="00632F30" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Present position: </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3430" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sustainability Consultant, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Azell</w:t>
+      <w:r w:rsidR="006E3430" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pulsESG</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    </w:p>
+    <w:p w14:paraId="2079ABDD" w14:textId="77777777" w:rsidR="00BF33D7" w:rsidRPr="00FB3B3D" w:rsidRDefault="00BF33D7" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78AF9586" w14:textId="76C304D7" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rana Shabb (International Affairs, Georgia Tech) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329D97DA" w14:textId="081618D4" w:rsidR="00BF33D7" w:rsidRPr="00FB3B3D" w:rsidRDefault="009A705B" w:rsidP="00615A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Graduation date:</w:t>
       </w:r>
-      <w:r w:rsidR="004E440A" w:rsidRPr="00222C86">
+      <w:r w:rsidR="006E440C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007951F9" w:rsidRPr="00222C86">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="00610A42" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F657D3" w14:textId="1FBF1DE2" w:rsidR="000F5136" w:rsidRPr="00FB3B3D" w:rsidRDefault="009A705B" w:rsidP="000F5136">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissertation title: </w:t>
       </w:r>
-      <w:r w:rsidR="00CF290E" w:rsidRPr="00222C86">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="000F5136" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Private Sector and Civil Conflict: Leveraging Economic Sectors for Peace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01EA26DF" w14:textId="18551FA0" w:rsidR="00610A42" w:rsidRPr="00FB3B3D" w:rsidRDefault="00610A42" w:rsidP="000F5136">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Present position: </w:t>
       </w:r>
-      <w:r w:rsidR="004E440A" w:rsidRPr="00222C86">
-[...286 lines deleted...]
-      <w:r w:rsidR="00AB06D1" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AB06D1" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Associate Director, Middle East, Carter Center Conflict Resolution Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE1FD0F" w14:textId="16390C4C" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1DE1FD0F" w14:textId="16390C4C" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Raymond Christensen (Department of Government, Harvard University)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Graduation Date: 1993</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Dissertation Title: “The Significance of Opposition in Japanese Politics: The Case of Electoral Coalitions in Japan”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Present Position: Associate Professor, Department of Political Science, Brigham Young University </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37348AAF" w14:textId="77777777" w:rsidR="00643C6C" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00643C6C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="37348AAF" w14:textId="77777777" w:rsidR="00643C6C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00643C6C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Shelley Rigger (Department of Government, Harvard University)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Graduation Date: 1993</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Dissertation Title: “Electoral Clientelism and Political Reform in the Republic of China of Taiwan” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3D4E03" w14:textId="23A27CAE" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00643C6C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0F3D4E03" w14:textId="23A27CAE" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00643C6C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Present Position: Professor, Department of Political Science, Davidson College </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B95F4B5" w14:textId="77777777" w:rsidR="00643C6C" w:rsidRPr="00222C86" w:rsidRDefault="00643C6C" w:rsidP="00643C6C">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2B95F4B5" w14:textId="77777777" w:rsidR="00643C6C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00643C6C" w:rsidP="00643C6C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FF168B" w14:textId="6724F0F8" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Master's Theses Supervised </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E34DBA8" w14:textId="5E2FE315" w:rsidR="002A7CCF" w:rsidRPr="00222C86" w:rsidRDefault="002A7CCF" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3E34DBA8" w14:textId="5E2FE315" w:rsidR="002A7CCF" w:rsidRPr="00FB3B3D" w:rsidRDefault="002A7CCF" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Manuel Cuad</w:t>
       </w:r>
-      <w:r w:rsidR="00AC7248" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AC7248" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a (Civil &amp; Environmental Engineering), 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C82824" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C82824" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1-202</w:t>
       </w:r>
-      <w:r w:rsidR="007100ED" w:rsidRPr="00222C86">
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EFF48A" w14:textId="6077EE3F" w:rsidR="00E833A9" w:rsidRPr="00222C86" w:rsidRDefault="00E833A9" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="46EFF48A" w14:textId="6077EE3F" w:rsidR="00E833A9" w:rsidRPr="00FB3B3D" w:rsidRDefault="00E833A9" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Adair Garrett</w:t>
       </w:r>
-      <w:r w:rsidR="007100ED" w:rsidRPr="00222C86">
+      <w:r w:rsidR="007100ED" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Civil &amp; Environmental Engineering), 2022-2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BB4586" w14:textId="60E6BD3C" w:rsidR="00784169" w:rsidRPr="00222C86" w:rsidRDefault="00AC7248" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="24BB4586" w14:textId="60E6BD3C" w:rsidR="00784169" w:rsidRPr="00FB3B3D" w:rsidRDefault="00AC7248" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Emily Williams (Civil &amp; Environmental Engineering), 2021</w:t>
       </w:r>
-      <w:r w:rsidR="00C82824" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C82824" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>-2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050739FE" w14:textId="2985803C" w:rsidR="00C82824" w:rsidRPr="00222C86" w:rsidRDefault="00C82824" w:rsidP="00C82824">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="050739FE" w14:textId="2985803C" w:rsidR="00C82824" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C82824" w:rsidP="00C82824">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kathryn Popp (Civil &amp; Environmental Engineering), 2020-2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FDE58D" w14:textId="014A78F7" w:rsidR="003B76E5" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="24FDE58D" w14:textId="014A78F7" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Joseph (Vince) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Pedicino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (International Affairs, Georgia Tech), 2007 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3932ACE6" w14:textId="681FBF61" w:rsidR="003B76E5" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3932ACE6" w14:textId="681FBF61" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Violetta Ravagnoli (International Affairs, Georgia Tech), 2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Nadja </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Nadja Marinova (International Affairs, Georgia Tech), 2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Robert </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t xml:space="preserve">Robert Pekkanen (Regional Studies/East Asia, Harvard University), 1993 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2CFC0F" w14:textId="27CE878B" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim Reimann (Regional Studies/East Asia, Harvard University), 1993 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCC3682" w14:textId="08540ABF" w:rsidR="003B76E5" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6FCC3682" w14:textId="08540ABF" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaye Yoshino (Regional Studies/East Asia, Harvard University), 1993 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04369C92" w14:textId="120F4B66" w:rsidR="003B76E5" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="04369C92" w14:textId="120F4B66" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Lawrence (Regional Studies/East Asia, Harvard University), 1993 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0DCA1C" w14:textId="77777777" w:rsidR="003B76E5" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1E0DCA1C" w14:textId="77777777" w:rsidR="003B76E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeffrey Neuman (Regional Studies/East Asia, Harvard University), 1992 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A10B2EF" w14:textId="3E214982" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...26 lines deleted...]
-    <w:p w14:paraId="6B9CE28E" w14:textId="77777777" w:rsidR="008840ED" w:rsidRPr="00222C86" w:rsidRDefault="008840ED" w:rsidP="00332B72">
+    <w:p w14:paraId="0A10B2EF" w14:textId="3E214982" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renee Gau (Regional Studies/East Asia, Harvard University), 1992 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9CE28E" w14:textId="77777777" w:rsidR="008840ED" w:rsidRPr="00FB3B3D" w:rsidRDefault="008840ED" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DAD3C89" w14:textId="690E7B4B" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3DAD3C89" w14:textId="690E7B4B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Graduate Student Independent Study Projects Supervised (Georgia Tech) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F30DAF" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+    <w:p w14:paraId="44F30DAF" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jun Yoo, 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Kate </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Kate D’Addamio, 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Tiffany Schoenfeld Wood, 2013 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F83913" w14:textId="0E8950F2" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="39F83913" w14:textId="0E8950F2" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, You Jeong, 2012 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B25790" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brown, Tucker, 2011 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD0ED35" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Burkhard, Caroline, 2010 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFD3E55" w14:textId="38479AE0" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jen, Melissa, 2009 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47530DFC" w14:textId="2E0D5101" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="001C203F" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00332B72" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addler, Latham, 2009 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C834A23" w14:textId="77777777" w:rsidR="00B4066C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Simpson, Jarrod, 2008 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108E735F" w14:textId="52B89C72" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4066C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ddler, Latham, 2008 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C79AAF7" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jones, Phillip, 2007 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF8DD9B" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jones, Matthew, 2007 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04898571" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Harmon, Amy, 2007 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B804636" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brooks, Robbin, 2007 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F27A83E" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Azizi, Banafsheh, 2007 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4A0D3C" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kevin Davis, 2006 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504588AE" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rashidah Harwick, 2006 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED5D1A2" w14:textId="66EA943B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warren Page, 2005 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12697085" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kara Manry, 2005 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB21B6B" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eun Young Cho, 2005 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4683D4" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Warren Page, 2004 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709D733B" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eun Young Cho, 2004 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235A096F" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Eun Young Cho, 2003 F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4370BD7F" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rank Fuller, 2001 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6085A9A8" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Jeong</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yukihiko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...77 lines deleted...]
-    <w:p w14:paraId="108E735F" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Osaka, 2000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA3C19E" w14:textId="77777777" w:rsidR="001C203F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ananya Lively, 2000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD7EEAC" w14:textId="02CA8D84" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>addler</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yukihiho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...311 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Osaka, 1999 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1135A23C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1135A23C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65EC1D84" w14:textId="70ABFDD4" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Undergraduate Student Independent Study Projects Supervised (Georgia Tech) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B22F8D2" w14:textId="77777777" w:rsidR="00566720" w:rsidRPr="00222C86" w:rsidRDefault="00566720" w:rsidP="00941307">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="000A0489" w14:textId="77777777" w:rsidR="00F05966" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F05966" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sive Lowell, Fall 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0A8BAC" w14:textId="77777777" w:rsidR="00F05966" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F05966" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Alexander Withka, Fall, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BC63CB" w14:textId="77777777" w:rsidR="00F05966" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F05966" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Jenna Crawford, Fall 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B22F8D2" w14:textId="57CEB9D7" w:rsidR="00566720" w:rsidRPr="00FB3B3D" w:rsidRDefault="00566720" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Iris Allgrove, Fall 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517FBA6F" w14:textId="16A09FE6" w:rsidR="00720A35" w:rsidRPr="00222C86" w:rsidRDefault="00720A35" w:rsidP="00941307">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="517FBA6F" w14:textId="16A09FE6" w:rsidR="00720A35" w:rsidRPr="00FB3B3D" w:rsidRDefault="00720A35" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nidhi Reddy, Spring 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A24DB8E" w14:textId="77777777" w:rsidR="00720A35" w:rsidRPr="00222C86" w:rsidRDefault="00720A35" w:rsidP="00941307">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5A24DB8E" w14:textId="77777777" w:rsidR="00720A35" w:rsidRPr="00FB3B3D" w:rsidRDefault="00720A35" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Iris Allgrove, Spring 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F912674" w14:textId="5B6C05BC" w:rsidR="00941307" w:rsidRPr="00222C86" w:rsidRDefault="00941307" w:rsidP="00941307">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6F912674" w14:textId="5B6C05BC" w:rsidR="00941307" w:rsidRPr="00FB3B3D" w:rsidRDefault="00941307" w:rsidP="00941307">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Samyuthka Sundararajan</w:t>
       </w:r>
-      <w:r w:rsidR="008C4946" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008C4946" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Spring 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314127A2" w14:textId="7AC42EEE" w:rsidR="001C5486" w:rsidRPr="00222C86" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="314127A2" w14:textId="7AC42EEE" w:rsidR="001C5486" w:rsidRPr="00FB3B3D" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Daisy Zhou</w:t>
       </w:r>
-      <w:r w:rsidR="008C4946" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008C4946" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Spring </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CE981F" w14:textId="3E9EB7E3" w:rsidR="001C5486" w:rsidRPr="00222C86" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="24CE981F" w14:textId="3E9EB7E3" w:rsidR="001C5486" w:rsidRPr="00FB3B3D" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Maria Costa</w:t>
       </w:r>
-      <w:r w:rsidR="008C4946" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008C4946" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Sprin</w:t>
       </w:r>
-      <w:r w:rsidR="00477CCE" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00477CCE" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">g </w:t>
       </w:r>
-      <w:r w:rsidR="008C4946" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008C4946" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCCC0BA" w14:textId="6A014958" w:rsidR="001C5486" w:rsidRPr="00222C86" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7DCCC0BA" w14:textId="6A014958" w:rsidR="001C5486" w:rsidRPr="00FB3B3D" w:rsidRDefault="001C5486" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Michelle Lee</w:t>
       </w:r>
-      <w:r w:rsidR="008C4946" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008C4946" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Spring 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054B878F" w14:textId="4E67928E" w:rsidR="00551FA8" w:rsidRPr="00222C86" w:rsidRDefault="00551FA8" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="054B878F" w14:textId="4E67928E" w:rsidR="00551FA8" w:rsidRPr="00FB3B3D" w:rsidRDefault="00551FA8" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Yuji Takubo (AE), </w:t>
       </w:r>
-      <w:r w:rsidR="00477CCE" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00477CCE" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F01B76B" w14:textId="766E2667" w:rsidR="00611548" w:rsidRPr="00222C86" w:rsidRDefault="00611548" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3F01B76B" w14:textId="766E2667" w:rsidR="00611548" w:rsidRPr="00FB3B3D" w:rsidRDefault="00611548" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Samyuthka Sundararajan, </w:t>
       </w:r>
-      <w:r w:rsidR="00477CCE" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00477CCE" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00DC60D6" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00DC60D6" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692D6D9B" w14:textId="457DF55C" w:rsidR="00611548" w:rsidRPr="00222C86" w:rsidRDefault="00611548" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="692D6D9B" w14:textId="457DF55C" w:rsidR="00611548" w:rsidRPr="00FB3B3D" w:rsidRDefault="00611548" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Michelle Lee, </w:t>
       </w:r>
-      <w:r w:rsidR="00477CCE" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00477CCE" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fall 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA762A4" w14:textId="666AA473" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3BA762A4" w14:textId="666AA473" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Raegan Allister</w:t>
       </w:r>
-      <w:r w:rsidR="00611548" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00611548" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021 (Summer)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00941307" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00941307" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Samyuthka Sundararajan, 2021 (Spring) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0535E6" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0F0535E6" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Adrian Medina, Spring 2021</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Michelle Lee, 2021 (Spring)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Tanay Tak, 2020 (Fall)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Samyuthka Sundararajan, 2020 (Fall) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BBE13A" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="29BBE13A" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Michelle Lee, 2020 (Fall)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Samyuthka Sundararajan, 2020 (Fall) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A38A07" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="44A38A07" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Angela Howard, 2020 (Spring)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Rachel Titshaw, 2020 (Spring)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Perrine Kemerait, 2020 (Spring)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Kaelyn Kim, 2019</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Jade </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Jade Wurapa, 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Siqi Han, 2013 (PURA awardee)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Williams, Sean, 2012 (PURA awardee)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1852F53B" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1852F53B" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Choi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Jeehoon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Windsor, Andrew, 2009</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Niecamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Allison, 2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Meghan Clem, 2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Niecamp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Allison, 2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Shimamura, Keiichi, 2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Brock, Allen, 2008</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Meghan Clem, 2007</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Christopher Prichard, 2005 (PURA awardee) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E353369" w14:textId="50F313FF" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2E353369" w14:textId="50F313FF" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Luke Schenscher, 2002</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Benjamin C. Bryan, 2001</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Ross Keller Mitchell, 2001</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>John C. Bennett, 2001</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Amanda Gard, 2001 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497384F1" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="497384F1" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brandy Mitcham, 2001 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3309323B" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3309323B" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Amber Robinson, 2001 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F6AE65" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="52F6AE65" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ross Keller Mitchell, 2000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DAD16C" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="32DAD16C" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">John C. Bennett, 2000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD66B08" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2CD66B08" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Christopher Young, 2000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8FEE1E" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5B8FEE1E" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mary Bronson, 2000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E68C15F" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3E68C15F" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michelle MacAnder, 2000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A02108C" w14:textId="3BAEDD33" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Megan Winn, 2000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506A646D" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="506A646D" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Carrie Schuler, 1999 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149296EC" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="149296EC" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ryan Fussell, 1999 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64D411" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Katherine Grove, 1999 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACDA6B8" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2ACDA6B8" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Christopher Dillon, 1999 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4196B0" w14:textId="16288045" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4C4196B0" w14:textId="16288045" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryan Cobb, 1998 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9F79E7" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3C9F79E7" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chris Tang, 1998 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFCA9EC" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1FFCA9EC" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Christina Sampanes, 1998 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F27B9E5" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">John Grantham, 1998 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3EB0E3" w14:textId="3B0F9083" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0B3EB0E3" w14:textId="3B0F9083" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Felipe Flores, 1998</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Erica </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="2DF74009" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+        <w:t xml:space="preserve">Erica Colberg, 1998 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF74009" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F14AADC" w14:textId="0BF415DC" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7F14AADC" w14:textId="0BF415DC" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Undergraduate Senior Honors Theses Supervised </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF8B1D4" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0DF8B1D4" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Chiaki Jin (Regional Studies/East Asia, Harvard University), 1993</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Saori </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Horkawa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Department of Government, Harvard University), 1992 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3865C929" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3865C929" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomoharu Nishino (Regional Studies/East Asia, Harvard University), 1992 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232DA1D9" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Kyoko Takahashi (Regional Studies/East Asia, Harvard University), 1992 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200A77EA" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="200A77EA" w14:textId="77777777" w:rsidR="00AC5AF3" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="003B76E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nelson Wang (Social Studies, Harvard University), 1992</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Jeremy Dann (Regional Studies/East Asia, Harvard University), 1991 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EBB52E" w14:textId="28A6BF6D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="56EBB52E" w14:textId="28A6BF6D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Robert Weiner (Regional Studies/East Asia, Harvard University), 1991 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1E96FF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6B1E96FF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9277E9" w14:textId="01606C12" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Curriculum Development </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470E142C" w14:textId="6F0E285C" w:rsidR="008E4066" w:rsidRPr="00222C86" w:rsidRDefault="0025653E" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="470E142C" w14:textId="6F0E285C" w:rsidR="008E4066" w:rsidRPr="00FB3B3D" w:rsidRDefault="0025653E" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Disaster Governance</w:t>
       </w:r>
-      <w:r w:rsidR="008E4066" w:rsidRPr="00222C86">
+      <w:r w:rsidR="008E4066" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Comparative Perspective. Developed syllabus, lecture slides, and teaching materials for a course pitched at the upper division undergraduate / graduate-level.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0EE316" w14:textId="6E1BC2A9" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2D0EE316" w14:textId="6E1BC2A9" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seminar in Comparative Politics (INTA 6202). Developed teaching materials and converted course into distance-education offering. Spring 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2A9ABC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Government and Politics of Asia (INTA 2230). Developed teaching materials and converted course into distance- and/or executive education offering. Fall 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107EECAD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energy, Environment, and Policy (INTA 3040). Developed teaching materials and converted course into distance- and/or executive education offering. Summer 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704A5C2C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introduction to Comparative Politics (INTA 3203). Developed teaching materials and taught the course as part of the Summer Online Undergraduate Program. Summer 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBEEE15" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Government and Politics of Asia (INTA 2230): taught fall 2019 (44 students) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC07D44" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Smart &amp; Sustainable Megaregion (INTA 4803-RJS): new course – developed and taught summer 2018 as part of the Japan Summer Program in Sustainable Development. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605E7EAA" w14:textId="77777777" w:rsidR="00D64F1D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Japan Summer Program in Sustainable Development (JSPSD): Designed, secured approval, and recruited students for a new summer program focusing on sustainable development. The Program offers ten weeks of focused study in Japan. Through field trips, lectures, and a unique problem- based </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>service learning</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience, students explore the broad issues of sustainable development with a particular focus on the challenges of sustainable urbanization in large cities as well as rural towns. The Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64F1D" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>un annually</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64F1D" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D04498" w14:textId="4F8FF2B2" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beginning in summer 2017. New courses developed for JSPSD include: 1) Energy, Environment, and Policy (INTA 4813-RJS); and 2) Sustainable Global City – Tokyo (INTA 4803-RJS). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE445ED" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Seminar in Comparative Politics (INTA 6202). Developed teaching materials and converted course into distance-education offering. Spring 2021. </w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Environmental Politics. This course employs analytic tools of comparative politics and international relations theory to make sense of the politics of environmental policy across a range of issue areas in various national and supranational settings. The course includes a group-based module in which students the interconnectedness of environmental and energy policies in a simulation exercise focusing on particular country cases. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365B4C3F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="365B4C3F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ph.D. Proseminar: This course provides an overview of resources and practices of doctoral research in science, technology, and international affairs. It is a required course for students in the Doctorate in International Affairs, Science and Technology program. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6788DABC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6788DABC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The Japanese Economy: developed and co-taught (with Masato Kikuchi and James Hoadley) in spring 2008. This course is taught in Japanese as a capstone experience for students in the Global Economics and Modern Languages major. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083C53F0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="083C53F0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Government and Politics of East Asia (INTA 2230): Provides an introduction to the major issues and aspects of the politics, societies, and cultures of East Asia. Utilizing multimedia materials, the course surveys Greater China (the People’s Republic of China, Hong Kong, and Taiwan), Japan, and the two Koreas (the Republic of Korea and the People’s Democratic Republic of Korea). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6CD869" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0D6CD869" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Japanese Society and Politics (INTA / Modern Languages Special Topics Course): Surveys key aspects of modern Japan’s society and political system using Japanese-language readings, films, and other instructional materials. Co-developed and co-taught with Dr. Masato Kikuchi, School of Modern Languages. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B6ECCB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Government in Comparative Perspective (INTA 1200): Examines American government in relation to other political and economic systems in countries around the world. This course satisfies Georgia Tech’s U.S. Constitution/Georgia Constitution core requirement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA6E783" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cross-National Society and Industry (INTA Special Topics Course): A survey of the cross-national differences and similarities in government-business relations among advanced industrialized countries (United States, Japan, Germany and France), newly industrialized countries (South Korea), and large emerging markets (China). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0C562C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Japanese Management Practices (INTA Special Topics Course): An introduction to important aspects of management and business in contemporary Japan. The course examines the internal characteristics of the Japanese firm (including personnel policies, labor-management relations, organization and leadership, financing), inter-firm relations, and government-business-relations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5297B3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comparative Trade and Industrial Policy (INTA Special Topics Course): An introduction to the nature and implications of trade and industrial policies in the United States, Western Europe, and Japan. The course focuses on political and economic factors that influence the process whereby trade and industrial policies are initiated, enacted, and implemented in advanced industrialized countries. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54926CF7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Japanese Society and Politics (INTA / Modern Languages Special Topics Course): Surveys key aspects of modern Japan’s society and political system using Japanese-language readings, films, and other instructional materials. Co-developed and co-taught with Dr. Masato Kikuchi, School of Modern Languages. </w:t>
-[...81 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">U.S.-Japan Economic Relations (INTA Special Topics Course): An overview and analysis of the sources of conflict and cooperation in history’s richest transoceanic trade nexus. The case study method is used to highlight important aspects of bilateral trade, foreign direct investment, exchange rate fluctuations, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310BF3B4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="310BF3B4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="106B2FC0" w14:textId="0F93B824" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">SCHOLARLY ACCOMPLISHMENTS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B13A16D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7B13A16D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Published Books and Parts of Books </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B24DA25" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3B24DA25" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Democratization in East Asia,” book chapter in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Routledge Handbook of Politics in Asia </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Shiping Hua, ed.). London Routledge, 2018. Pp. 15-25. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1878C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. “The Development of Japan’s Developmental State: Stages of Growth and the Social Costs of Energy and Export Promotion Policies,” book chapter in East Asian Development Model: 21st Century Perspectives (Shiping Hua and Ruihua Hu, Editors). London: Routledge, 2015. Pp. 101-120. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7449D1FC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, “Japanese Political Finance and Its Dark Side,” book chapter in Parties and Politics in Contemporary Japan: Political Chaos and Stalemate in the 21st Century (Ronald J. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Shiping</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hrebenar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...17 lines deleted...]
-        <w:t>Woodall, Brian. “The Development of Japan’s Developmental State: Stages of Growth and the Social Costs of Energy and Export Promotion Policies,” book chapter in East Asian Development Model: 21st Century Perspectives (</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Akira Nakamura, Editors). London: Routledge, 2015. Pp. 56-79. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F099F5D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. Growing Democracy in Japan: The Parliamentary Cabinet System Since 1868. Lexington, KY: The University Press of Kentucky, 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F33A580" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian, “Japan: Energy Efficiency Paragon, Green Growth Laggard,” book chapter in Religion to Reality: Energy Systems Transformation for Sustainable Prosperity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(Mark Huberty and John Zysman, Editors). Stanford, CA: Stanford University Press, 2013. Pp. 150- 169. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B60FCDC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, "Ministry of Construction," in Encyclopedia of Japanese Business and Management, Allan Bird, ed.; London: Routledge, 2000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D16A34" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, "Dango" (Price-fixing), in Encyclopedia of Japanese Business and Management, Allan Bird, ed.; London: Routledge, 2000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E3FE0C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, "The Politics of Reform in Japan's Lower House Electoral System," Elections and Campaigning in Japan, Korea, and Taiwan (Bernard Grofman, Sung-Chull Lee, Edwin Winckler, and Brian Woodall, Eds.), Ann Arbor: University of Michigan Press (1999). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7395CBD4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Shiping</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Grofman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Hua and </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bernard, Lee, Sung-Chull, and Winckler, Edwin, "Introduction,” Elections and Campaigning in Japan, Korea, and Taiwan (Bernard Grofman, Sung-Chull Lee, Edwin Winckler, and Brian Woodall, Eds.), Ann Arbor: University of Michigan Press (1999). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B96A11" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Ruihua</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Grofman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bernard, Lee, Sung-Chull, and Winckler, Edwin (Eds.), Elections and Campaigning in Japan, Korea, and Taiwan, Ann Arbor: University of Michigan Press (1999). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6826F74C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Woodall, Brian. Growing Democracy in Japan: The Parliamentary Cabinet System Since 1868. Lexington, KY: The University Press of Kentucky, 2014. </w:t>
-[...313 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian and Lee, Hiro, "Political Feasibility and Empirical Assessments of a Pacific Free Trade Area," Economic Development and Cooperation in the Pacific Basin (David Roland-Holst and Hiro Lee, Eds.), London: Cambridge University Press (1998). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EA18BE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="39EA18BE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, Japan Under Construction: Corruption, Politics, and Public Works, Berkeley: University of California Press (1996). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C40DB5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="64C40DB5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, "Japan's Double Standards: Technical Standards and U.S.-Japan Economic Relations” in Japan's Technical Standards: Implications for Global Trade and Competitiveness (John R. McIntyre, Ed.), Westport, CT: Quorum Books (1996). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504ECD0B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="504ECD0B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, Japan's Changing World Role: Emerging Leader or Perpetual Follower?, New York: The Japan Society (1993). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1CF53C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7A1CF53C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, "The Politics of Land in Japan's Dual Political Economy" in Land Issues in Japan: A Policy Failure? (John O. Haley and Kozo Yamamura, Eds.), Seattle: The Society for Japanese Studies (1992). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A86DC76" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6A86DC76" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DB7D26" w14:textId="69D298BA" w:rsidR="0091788D" w:rsidRPr="00FB3B3D" w:rsidRDefault="0091788D" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Refereed Journal Articles Under Submission </w:t>
-[...15 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Works in Progress </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51979C52" w14:textId="43C55E60" w:rsidR="002D5C87" w:rsidRPr="00FB3B3D" w:rsidRDefault="002D5C87" w:rsidP="002D5C87">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coauthor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>with Jason Landrum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nidhi Reddy, Iris Allgrove, and Emily White). “How Do Countries Respond to Black Swan Ocean Events? Harmful Algal Blooms and Institutional Resilience in the U.S., Australia, Norway, and Japan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Under preparation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F66505" w14:textId="4721A92E" w:rsidR="0091788D" w:rsidRPr="00FB3B3D" w:rsidRDefault="0091788D" w:rsidP="0091788D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian (lead author with Penelope Abellara, Harsha Gaddipati, James Behnken, Sive Lowell et al.), “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Megaregion as a Complex Adaptive System: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Case of </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_0"/>
+          <w:id w:val="-1165860739"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_1"/>
+          <w:id w:val="-536661952"/>
+        </w:sdtPr>
+        <w:sdtContent/>
+      </w:sdt>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Xinyan</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Boswash</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...11 lines deleted...]
-      <w:r w:rsidR="00D534C9" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00FE5513" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5C87">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5513" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Under preparation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540454E4" w14:textId="77777777" w:rsidR="00654C1C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00654C1C" w:rsidP="00654C1C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BCB9005" w14:textId="5A52C11F" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00C23995">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refereed Journal Articles </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238E0394" w14:textId="027695EC" w:rsidR="00924545" w:rsidRPr="00924545" w:rsidRDefault="00924545" w:rsidP="00924545">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>( co</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-author with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adair Garrett; Maya </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Orthous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Inchauste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>; Collin Yarbrough; Adjo Amekudzi-Kennedy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>). “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Enhancing Disaster Resilience and Authentic Public Partnership in Transportation Practice: Negotiated Resilience Capability Maturity Model</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924545">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Data &amp; Policy</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Transportation Research Record: Journal of the Transportation Research Board</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025-10-06</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Woodall, Brian (co-author with </w:t>
+      <w:r w:rsidRPr="00924545">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: 10.1177/03611981251364841</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289D48BC" w14:textId="26E1918A" w:rsidR="00721B83" w:rsidRPr="00721B83" w:rsidRDefault="00721B83" w:rsidP="00924545">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Brian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (co-author with Prerna Singh, Adjo Amekudzi-Kennedy, Baabak Ashuri, Ty Parrillo, Derek Rizzi, Russell Clark, and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Prerna</w:t>
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Heejun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...209 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chang). “Case study of flood risk and vulnerability in the city of Atlanta – A social, economic, technical, and institutional perspective,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721B83">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Progress in Disaster Science</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D5135A" w:rsidRPr="00222C86">
+        <w:t>Resilient Cities and Structures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721B83">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 2025: 1-13. DOI: https://doi.org/10.1016/j.rcns.2025.03.002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5302E9" w14:textId="6104BEA3" w:rsidR="006F2E05" w:rsidRDefault="006F2E05" w:rsidP="00654C1C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mariel Borowitz, Gavin Rolls, Xinyan Li, Gaurav Chawla, Riya Patel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E05">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Woodall, Brian (co-author with </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E05">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Challenges in using satellite data for non-remote sensing specialists, an exploratory case study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E05">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E05">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Data &amp; Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F2E05">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. 2025;7:e28. doi:10.1017/dap.2025.7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2AEC87" w14:textId="71A377AA" w:rsidR="00654C1C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00654C1C" w:rsidP="00654C1C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with), “Enhancing Disaster Resilience and Authentic Public Partnership in Transportation: Capability Maturity Model for Integrating Negotiated Resilience Principles in Disaster Preparedness,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Transportation Research Recor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>d (2025), in press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F1DA37" w14:textId="04404980" w:rsidR="007A720C" w:rsidRPr="00FB3B3D" w:rsidRDefault="007A720C" w:rsidP="007A720C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Cuadra, M., Garrett, A., Tennakoon, M., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Cuadra</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Amekudzi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...31 lines deleted...]
-        <w:t>, B., and P. Singh). “</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-Kennedy, A., Ashuri, B., and P. Singh). “</w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00222C86">
+        <w:r w:rsidRPr="00FB3B3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Effective Practices in Flood Adaptation by Recognizing System, Organization, and Project Interdependencies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Transportation Research Record: Journal of the Transportation Research Board</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Woodall, Brian (co-author with </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024). DOI: 10.1177/03611981241231960</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A28F51B" w14:textId="3D9C93EA" w:rsidR="00D5135A" w:rsidRPr="00FB3B3D" w:rsidRDefault="00265740" w:rsidP="00D5135A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, </w:t>
+      </w:r>
+      <w:r w:rsidR="0091788D" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brian (lead author with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjo Amekudzi-Kennedy, Maya </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Amekudzi</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Orthous</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">-Kennedy, A., Singh, P., Williams, E., </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Cuadra</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Inchauste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, M., </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Ashuri</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Samyuthka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sundararajan, Adrian Medina, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Simrill</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Smith, Kathryn Popp</w:t>
+      </w:r>
+      <w:r w:rsidR="0091788D" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2024. “Institutional resilience and disaster governance: How countries respond to Black Swan events,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Transportation Research Record: Journal of the Transportation Research Board</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Progress in Disaster Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 22,100329. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: 10.1016/j.pdisas.2024.100329</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F181999" w14:textId="5395DA60" w:rsidR="00754559" w:rsidRPr="00FB3B3D" w:rsidRDefault="00754559" w:rsidP="00754559">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian (co-author with Amekudzi-Kennedy, A., Singh, P., Williams, E., Cuadra, M., Ashuri, B., Garrett, A., Tennakoon, M., Clark, R., and A. Dheeraj). “</w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Developing Transportation Resilience Adaptively to Climate Change,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">International Journal of Urban Sciences, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D5135A" w:rsidRPr="00222C86">
+        <w:t>Transportation Research Record: Journal of the Transportation Research Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (202</w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. DOI: 10.1177/03611981231186989</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F98EEF" w14:textId="5CF6091A" w:rsidR="00412AE1" w:rsidRPr="00FB3B3D" w:rsidRDefault="00412AE1" w:rsidP="00412AE1">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Mariel Borowitz, Kari Watkins et al). “The Megaregion – Forms, Functions, and Potential? A Literature Review and Proposal for Advancing Research,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>International Journal of Urban Sciences</w:t>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t xml:space="preserve">International Journal of Urban Sciences, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5135A" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Journal of Urban Planning and Development</w:t>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>International Journal of Urban Sciences</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5135A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 28(1, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00090682" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5135A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), 82–104. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: 10.1080/12265934.2023.2189156</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA80D30" w14:textId="21F9510D" w:rsidR="00920AFA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00920AFA" w:rsidP="00920AFA">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Adjo Amekudzi-Kennedy and Alex Karner). “Value-Focused Infrastructure Development: Affecting the Development of Shared Regional Prosperity,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Transportation Research Interdisciplinary Perspectives</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Journal of Urban Planning and Development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Vol. 14</w:t>
+      </w:r>
+      <w:r w:rsidR="008836A9" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000842C0" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="008836A9" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No. 4, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021). </w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: 10.1061/(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>asce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)up.1943-5444.0000758</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B60DC77" w14:textId="42DF5ABB" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Prerna Singh and Adjo Amekudzi-Kennedy). “Lessons from Case Studies of Flood Resilience: Institutions and Built Systems,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Energy Policy</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Transportation Research Interdisciplinary Perspectives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 9 (2021). </w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>10.1016/j.trip.2021.100297</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7DF6BA76" w14:textId="35DA4305" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, B., and Duffield, J. “Japan's New Basic Energy Plan,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Japan Studies Review</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Energy Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 39, pp. 3741– 3749, June 2011. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DOI: 10.11126/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>stanford</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/9780804785259.001.0001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5C3D2B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, and Aki Yoshikawa, "Japan’s Failure in Pharmaceuticals: The Toxic Effects of Price Controls," </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Japan Studies Review</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 3, Fall 1999. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A3A802" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, “Career Concerns and Reform in Japan’s Lower House Electoral System,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>Japan Studies Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 1, pg. 15-30, May 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F714BA3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, "The Logic of Collusive Action: The Political Roots of Japan's Dango System," </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Comparative Politics</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, vol. 25, pg. 297-312, April 1993. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13920E53" w14:textId="77777777" w:rsidR="00592F98" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3DADEA78" w14:textId="43EF99B8" w:rsidR="00592F98" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Woodall, Brian, and Yoshikawa, Akihiro, "The Venture Boom and Japanese Industrial Policy: </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protecting the Neglected Winners,” </w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9" w:rsidRPr="005368A9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Asian Survey</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9" w:rsidRPr="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9" w:rsidRPr="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6 (</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9" w:rsidRPr="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>985)</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9" w:rsidRPr="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>692-714</w:t>
+      </w:r>
+      <w:r w:rsidR="005368A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5377E03D" w14:textId="77777777" w:rsidR="005368A9" w:rsidRPr="00FB3B3D" w:rsidRDefault="005368A9" w:rsidP="005368A9">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFAA74D" w14:textId="59E8F52B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Published Papers (non-refereed) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DE153F" w14:textId="04DDFC93" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="53DE153F" w14:textId="2DFE98FF" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Adjo Amekudzi-Kennedy, Russell Clark, Baabak </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30D5A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ashuri , </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30D5A" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Inland Flood Risk and Municipal / Regional Resilience in Georgia: Data, Methodology, Case Studies &amp; Recommendations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, AT&amp;T Climate Resiliency Community Challenge 2020, December 2020. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7EA056" w14:textId="36CE5649" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3C7EA056" w14:textId="36CE5649" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Adjo Amekudzi-Kennedy, Samuel Labi, Greg Marsden, and Emily Grubert). “Role of Socially-Equitable Economic Development in Creating Resilient and Sustainable Systems: COVID-19-Related Reflections,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Preprints 2020</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 2020040336 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: 10.20944/preprints202004.0336.v1). Impact data: 878 views; 439 downloads (as of February 12, 2021) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D9D476" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="60D9D476" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Adjo Amekudzi-Kennedy, Samuel Labi, Mikhail Chester, and Prerna Singh). “Reflections on Pandemics, Civil Infrastructure and Sustainable Development: Five Lessons from COVID-19,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Preprints 2020 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(April 3, 2020), 2020040047 (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: 10.20944/preprints202004.0047.v1). Impact data: 3,255 views; 1,549 downloads (as of February 12, 2021) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB8AF2D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1FB8AF2D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, “Japan in 2019: Diplomatic Strains, Domestic Dilemmas, and a New Imperial Era,” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Asian Survey</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 60 (No. 1, February 2020), pp. 47-60. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2511F0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0B2511F0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Japan in 2018: Abe Rule, Trump Shocks, and Mother Nature’s Wrath,” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Asian Survey</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vol. 59 (No. 1, February 2019), pp. 63-76. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282DEDB2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="282DEDB2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Recollections of My ‘Teaching Summer’ at Tokyo Tech,” Transdisciplinary Science and Engineering News, January 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05048069" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="05048069" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Reflections on a year well spent at Tokyo Tech,” Tokyo Institute of Technology, No. 40 (November 2015). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BEFF35" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="18BEFF35" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, and Siqi Han. “The Development of China’s Developmental State: Environmental Challenges and Stages of Growth,” China Currents, vol. 13 (no. 1), May 2014 (on-line at: /www.chinacenter.net/the-development-of-chinas-developmental-state-environmental-challenges- and-stages-of-growth/). Reprinted in China Currents: Special Edition 2015 (editors: Penelope B. Prime and James R. Schiffman), China Research Center, 2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72515D88" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. Contributed six essays on various aspects of "Globalization and Democracy" to publisher W.W. Norton for incorporation in new edition of American Government: Freedom and Power (authors: Theodore J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Lowi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Benjamin Ginsberg), 2000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367E1CF9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Woodall, Brian. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Kokumin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>rieki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>daihyo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>shienai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>burando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seijika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’" [Democracy in America and Japan: Voter Apathy and Brand-Name Politicians], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 47, pg. 42-43, January, 1999. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2A4BF5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Yanda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nihon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>keizai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>chiryo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ho" [A Remedy for Japan’s Ailing Economy], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 47, pg. 32-33, July, 1998. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B0C521" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Dou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>chigau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nichibei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seijika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seiji-teki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>eikyouryoku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>koukyou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>jigyou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [Public Works and Political Influence in the United States and Japan], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 47, pg. 52-53, January, 1998. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8755A1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Kisei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kanwaron</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ni-mensei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [The Logic of Regulated Deregulation], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 46, pg. 40-41, July, 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EED0F1A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, and Yoshikawa, Aki. "Japanese Drugs and the Unholy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Trivumvirate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>," Osaka Hoken-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Zasshi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 25, pp. 24-27, June 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17693DFA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, and Yoshikawa, Aki. "Japan’s Failure in Pharmaceuticals: Why is the World Saying ‘No" to Japanese Drugs?" The Georgia Tech Center for International Business Education and Research Working Paper 96-027, 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7B5818" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Korekara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nichibei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kankei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [U.S.-Japan Relations in the Wake of the Elections], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 44, pg. 62-63, January, 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EF5402" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian and Lee, Hiro "Political Feasibility and Empirical Assessments of a Pacific Free Trade Area," The Georgia Tech Center for International Business Education and Research Working Paper 96-024, 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4976888C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Atoranta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>gorin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>shakai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>shihon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seibi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [Technical Standards and the Atlanta Olympics], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 45, pg. 50-51, July 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6361490F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "America's Economic Policies in Asia," Current Issues: U.S. and Asian Business Conference (Proceedings of a Forum Presented by the Center for Asian Studies and the Samuel J. Silberman College of Business Administration, Fairleigh Dickinson University), no. 1, pg. 6-9, April 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263CBB5D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Seiji </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kaikaku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sanryu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seiji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>shuen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>saseru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ka" [Political Reform and the End of Japan's Third-Rate Politics?], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 45, pg. 46-47, January 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EC9C61" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "A Call for Wisdom in Trade Negotiations: Exploring the Efficacy of 'Super 301' in U.S.-Japan Economic Relations," The Economic Review, vol. 10, pg. 101-105, 1995-1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A37F48D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Cho </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>endaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>jidai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kirinukesaku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [Coping in the Era of the Ultra-Strong Yen], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 44, pg. 30-31, July 1995. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FADB1B8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Woodall, Brian. "Japan’s Double Standards: Technical Standards and U.S.-Japan Economic Relations?" The Georgia Tech Center for International Business Education and Research Working Paper, 1995. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2587D14A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "U.S.-Japan Trade and the Ultra-Strong Yen," </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Yutori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 6, pg. 3, May 1995. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6674B782" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian. "Amerika no '</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nyu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sausu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' kara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>mita</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nihon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [A View of Japan from America's "New South"], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 44, pg. 42-43, March 1995. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B0D5D6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Nihon no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seiji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>taisuru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>gaiatsu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>koka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [Foreign Pressure and Japanese Politics: Lessons from U.S.-Japan Construction Friction], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 43, pg. 28-31, July 1994. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690843E3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Seiji </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kaikakugeki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>yukue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" [Japan's Political Reform Drama], Kensetsu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gyokai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 43, pg. 64-68, January 1994. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2150CD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "A Mercantilist Triangle? Japanese Aid, Investment, and Trade in Asia," Inside Japan: Harvard's Japan Journal, vol. 3, pg. 10-11, Winter 1992/1993. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0225B38D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. “Pork Barrel Politics in Japan: Trade Friction, Public Works, and the Triadic Syndicate, 1955-1988.” June 1990. Ph.D. Dissertation, Department of Political Science, University of California at Berkeley. Advisors: Chalmers Johnson, Robert A. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Scalapino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Thomas Smith. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B65CB10" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Siqi</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hiwatari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...1247 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Nobuhiro. "Inside Japan's Leviathan: Decision-Making in the Government Bureaucracy," Institute of Governmental Studies Working Paper 88-19, University of California at Berkeley, July 1988. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2C106A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Response to the Japanese Challenge," Asia Pacific Community, vol. 27, pg. 63-80, Winter 1985. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347E76C5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="347E76C5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Japan’s Textbook Revision Controversy: An Attempt at Interpretation.” June 1983. M.A. Thesis, Department of Political Science, University of Utah. Advisor: L.K. Kimball. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004CA1C7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="004CA1C7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729F293F" w14:textId="329103D4" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Other Papers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFE533D" w14:textId="60BB9300" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5EFE533D" w14:textId="60BB9300" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian, and Man-Sung Yim. “Veto Players and the South Korean Nuclear Paradox: Rising Obstacles to an ROK Breakout,” unpublished paper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DCC4704" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Changing of the Guard in Nuclear Policymaking: Energy Security and US-ROK Relations,” unpublished paper. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38002A21" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="38002A21" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CD47F6" w14:textId="16E706E5" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Presentations (partial listing) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107D8293" w14:textId="12D6C43C" w:rsidR="00C21801" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C21801" w:rsidP="00C21801">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Presentations (partial listing) </w:t>
-[...29 lines deleted...]
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+        <w:t xml:space="preserve">Woodall, Brian (co-author with Amekudzi-Kennedy, A., Singh, P., Williams, E., Cuadra, M., Ashuri, B., Garrett, A., Tennakoon, M., Clark, R., and A. Dheeraj). </w:t>
+      </w:r>
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>What Does it Mean to Develop Transportation Resilience Adaptively?</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0366" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00FE0366" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper </w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>presented</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2023 Annual Transportation Research Board Meeting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Washington, D.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0701D7" w14:textId="2EF66CBB" w:rsidR="00C21801" w:rsidRPr="00222C86" w:rsidRDefault="00C21801" w:rsidP="00C21801">
-[...26 lines deleted...]
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+    <w:p w14:paraId="3A0701D7" w14:textId="2EF66CBB" w:rsidR="00C21801" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C21801" w:rsidP="00C21801">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Woodall, Brian (co-author with Cuadra, M., Garrett, A., Tennakoon, M., Amekudzi-Kennedy, A., Ashuri, B., and P. Singh). </w:t>
+      </w:r>
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Coming out of Isolation: Effective Practices in Flood Adaptation by Recognizing System, Organization, and Project Interdependencies.</w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Paper presented at the </w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2023 Annual Transportation Research Board Meeting</w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, Washington, D.C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B289214" w14:textId="21906A30" w:rsidR="00481B82" w:rsidRPr="00222C86" w:rsidRDefault="00341727" w:rsidP="00481B82">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4B289214" w14:textId="21906A30" w:rsidR="00481B82" w:rsidRPr="00FB3B3D" w:rsidRDefault="00341727" w:rsidP="00481B82">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian (co-author with </w:t>
       </w:r>
-      <w:r w:rsidR="00F47656" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00F47656" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Mariel Borowitz, Kari Watkins, et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidR="00481B82" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00481B82" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Woodall, Brian. “The Megaregion – Forms, Functions, and Potential: A Literature Review and Search for a Comparative Framework,” 67th Annual North American Meetings of the Regional Science Association International, Denver, November 13, 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE2A492" w14:textId="1807264F" w:rsidR="00620E6A" w:rsidRPr="00222C86" w:rsidRDefault="00620E6A" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2BE2A492" w14:textId="1807264F" w:rsidR="00620E6A" w:rsidRPr="00FB3B3D" w:rsidRDefault="00620E6A" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Critical Infrastructure, Disaster Resilience, and Megaregion Sustainability,” </w:t>
       </w:r>
-      <w:r w:rsidR="00837EF8" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00837EF8" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Center for International Strategy, Technology and Policy, Georgia Tech, November 4, 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55EC9E04" w14:textId="30D050C1" w:rsidR="007B4A4D" w:rsidRPr="00222C86" w:rsidRDefault="00264C64" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="55EC9E04" w14:textId="30D050C1" w:rsidR="007B4A4D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00264C64" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Woodall, Brian. “</w:t>
       </w:r>
-      <w:r w:rsidR="009B7ED7" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009B7ED7" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Megaregion Sustainability and Disaster Resilience</w:t>
       </w:r>
-      <w:r w:rsidR="007B4A4D" w:rsidRPr="00222C86">
+      <w:r w:rsidR="007B4A4D" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,” Institute for People and Technology Thursday Think Tank, Georgia Tech, October 7, 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006830A9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="006830A9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Institutional Arrangements, Transportation System Investments and Socio- Economic Outcomes: Affecting the Development of Shared Regional Prosperity,” co- presenter at the Transportation Research Board Annual Meeting, Washington DC, January 16, 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381F80B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="381F80B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Infrastructure, Equity, and Sustainable Development,” co-presented (with Adjo Amekudzi-Kennedy) at the Center for Serve-Learn-Sustain Research Workshop, Atlanta, April 2018 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B98A9BF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2B98A9BF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Institutions, Values, and Regional Prosperity: Transportation Infrastructure, Equity, and Sustainable Development in the United States, Japan, and Denmark,” presented at the Multinational Enterprises and Sustainable Development Conference, Atlanta, December 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB4C308" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1AB4C308" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Energy, Environment, Equity, and Sustainable Development,” presented at Professor Perspectives, organized by the Ivan Allen College Student Advisory Board, Atlanta, April 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AAB7B1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="23AAB7B1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Education and Research for Sustainability,” presented at Presentation at Joint Georgia Tech / Tokyo Tech Workshop, Tokyo, January 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6755B41A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6755B41A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Energy Security, Environmental Angst, and Japan’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Devolving </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Developmental State,” presented at the Government and International Relations Colloquium Series, University of Sydney, March 2016. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEB2921" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5DEB2921" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Woodall, Brian. “Energy Security, Environmental Angst, and Japan’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Evolving </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Developmental State,” presented at the Henry M. Jackson School of International Studies, University of Washington, October 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2195AF1B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2195AF1B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Energy Security and South Korea’s Developmental State: Nuclear Policies in Comparative Perspective,” presented at the Workshop on Nuclear Energy Cooperation: Lessons, Challenges, and Opportunities Presented by the US-ROK Relationship,” Seoul, March 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066B69AA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="066B69AA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “The Development of Japan’s Developmental State: Stages of Growth and the Social Costs of Energy Policies,” presented at the Contemporary Japan Series, University of Tokyo, January 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C163D7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="61C163D7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “The Development of Japan’s Developmental State: Stages of Growth and the Social Costs of Energy Policies,” presented at event sponsored by the Faculty of International Development Engineering, Tokyo Institute of Technology, January 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53201B14" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="53201B14" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “The Fukushima Crisis and Japanese Energy Policy: Critical Juncture or Business as Usual?” International Conference on Humanitarian Responses to Crisis, Kennesaw State University, March 2014. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BB9E4B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="11BB9E4B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian and Siqi Han. “The Development of the Developmental State: Stages of Growth in Japan, South Korea, and China,” presented at the 53rd Annual Meeting of the Southeast Conference of the Association for Asian Studies, Duke University, Durham, North Carolina, January 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B4566C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Energy Efficiency Paragon, Green Laggard: The Politics of Japanese ‘Green Energy’ Policy,” selected for presentation as a “competitive paper” at the conference of the Academy of International Business – Southeast, Atlanta, Georgia, October 2013. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52644965" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="52644965" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Japan’s Approach to Energy Security,” Korea’s Energy Security in a Regional Context: Confronting a Changing Landscape, Georgia Institute of Technology, November 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C609190" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6C609190" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Japan’s Approach to Energy Security,” Korea’s Energy Security in a Regional Context: Confronting a Changing Landscape, Georgia Institute of Technology, November 2010. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBD3467" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4FBD3467" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “Campaign Finance on Steroids: The Roots of Change, Inertia, and Corruption in Japanese Political Funding,” Annual Meeting of the American Political Science Association, Chicago, September 2007. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28902D42" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="28902D42" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. “The Institutionalization of Parliamentary Democracy in Japan: The Case of the Cabinet System” Association for Asian Studies / Southeastern Conference, Atlanta, 22 January 2006. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E250EA6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3E250EA6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan’s Foreign Relations in the Post-Perry World," Southern Japan Seminar, Miami, March 2005. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAFCFB2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2EAFCFB2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Woodall, Brian. "The Changing Contours of Japan’s Cabinet Elite," Southern Japan Seminar, Atlanta, March 2002. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BFADE4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="29BFADE4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Institutionalization of Japan's Cabinet System, 1885-2000,” Annual Meeting of the Georgia Political Science Association, Hilton Head, South Carolina, February 2001. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397ECF95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="397ECF95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Japanese Business and Economic Environment," Georgia Tech Center for International Business Education and Research's Global Forum, March 2001. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EE531B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="50EE531B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan’s Failure in Pharmaceuticals: The Toxic Effects of Price Controls," Southern Japan Seminar, Atlanta, May 1998. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F713B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="61F713B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Restructuring the Japanese Political Economy in the 1990s: Opportunities and Forecast," Fourth Georgia Tech Business Forum: Competing in the Japanese Technology Market in the 21st Century, Atlanta, October 1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBB41D1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5EBB41D1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Role of Area Studies in Political Science," International Conference on ‘The Asia-Pacific Area on the Cusp of the 21st Century, Seoul, Korea, October 1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D8EAEE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="50D8EAEE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, and Yoshikawa, Aki. "Japan’s Failure in Pharmaceuticals: Why is the World Saying ‘No" to Japanese Drugs?" Asian Issues Lecture Series, Georgia Institute of Technology, Atlanta, April 1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB99DE7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2CB99DE7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, and Yoshikawa, Aki. "Prescription for Japan’s Ailing Drug Industry: A Dose of Regulation and Deregulation," Japanese Deregulation Forum, Washington, D.C., April 1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EB80E8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="67EB80E8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Political Feasibility of a Yen Bloc," Southern Japan Seminar, Atlanta, May 1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BD23E4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="50BD23E4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan Under Construction: Corruption, Politics, and Public Works," Conference on Japan's Political Economy, New York, April 1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0316B2FB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0316B2FB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian, "Pork Barrel Politics and Political Corruption in Japan," Asian Issues Lecture Series," Georgia Institute of Technology, Atlanta, January 1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DCEFCC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="18DCEFCC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japanese Technical Standards and International Trade," Japanese Standards Systems Seminar, Atlanta, June 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE829D2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6EE829D2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Politics of Reform in Japan: The Lower House Electoral System," Southern Japan Seminar, Atlanta, April 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B993D6C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5B993D6C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan's Role in the United Nations," Nikkei Business Forum, Tokyo, February 1994. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D633E0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="20D633E0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Woodall, Brian. "The Calculus of Collusion: Domestic and International Sources of Collusive Action in Japanese Public Works," Annual Meeting of the American Political Science Association, Chicago, September 1992. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5490D178" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5490D178" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "The Transformation of Japan's Political Elite, 1955-1992," New England Japan Seminar, Wellsley College, May 1992. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C0D22B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan's Changing Parliamentary Elite," Japan Forum of the Reischauer Institute, Harvard University, April 1992. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4B92D6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4A4B92D6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Woodall, Brian. "Making Collusion Rational: Japan's Dango System," Northeast Asia-Japan Forum on International Policy, Stanford University, April 1991. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504D0611" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Japan's Relations with China: Future Scenarios," International Symposium on Comparative Japanese and American Views on the Future of China," University of California at San Diego, November 1990. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EE8A5A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="35EE8A5A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "Pork Barrel Politics in Japan," Annual Meeting of the Association for Asian Studies, Chicago, March 1990. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC59BD1" w14:textId="010DBC77" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7EC59BD1" w14:textId="010DBC77" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Woodall, Brian. "The Liberal Democratic Party and the Politics of Policymaking in Japan," International Forum of the Tokai Bank Foundation, Tokyo, March 1988. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A792686" w14:textId="77777777" w:rsidR="00592F98" w:rsidRPr="00222C86" w:rsidRDefault="00592F98" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3A792686" w14:textId="77777777" w:rsidR="00592F98" w:rsidRPr="00FB3B3D" w:rsidRDefault="00592F98" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42EE5C1E" w14:textId="39EFAAD3" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Board Memberships </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B21851A" w14:textId="30444CF8" w:rsidR="005633AC" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00151A90">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2B21851A" w14:textId="30444CF8" w:rsidR="005633AC" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00151A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kobe University Advisory Board</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Editorial Board, Routledge Studies on Comparative Asian Politics </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D50D585" w14:textId="4749A301" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00151A90">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4D50D585" w14:textId="4749A301" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00151A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Editorial Board, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Routledge Handbook of Politics in Asia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DFD6EF" w14:textId="6EFF4031" w:rsidR="00151A90" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00151A90">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="77DFD6EF" w14:textId="6EFF4031" w:rsidR="00151A90" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00151A90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Editorial Board, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Southeastern Review of Asian Studies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999-2015) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201B3EAB" w14:textId="51724EF4" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="201B3EAB" w14:textId="51724EF4" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Editorial Board, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Japan Studies Review</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1997-2015) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294BBC5C" w14:textId="77777777" w:rsidR="00592F98" w:rsidRPr="00222C86" w:rsidRDefault="00592F98" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="294BBC5C" w14:textId="77777777" w:rsidR="00592F98" w:rsidRPr="00FB3B3D" w:rsidRDefault="00592F98" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231E35C7" w14:textId="7DF7A253" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Invited Lectures (partial listing) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42221F17" w14:textId="77777777" w:rsidR="00477CCE" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="340C3B13" w14:textId="77777777" w:rsidR="00320F75" w:rsidRPr="00FB3B3D" w:rsidRDefault="00320F75" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Kobe University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42221F17" w14:textId="7495DB55" w:rsidR="00477CCE" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Alabama-Birmingham </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19236C48" w14:textId="77777777" w:rsidR="00477CCE" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="19236C48" w14:textId="77777777" w:rsidR="00477CCE" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tokyo Institute of Technology </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419351A3" w14:textId="320F89BA" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="419351A3" w14:textId="320F89BA" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University of Alabama</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">University of Sydney </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E0C6CC" w14:textId="77777777" w:rsidR="00890CCE" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="75E0C6CC" w14:textId="77777777" w:rsidR="00890CCE" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University of Washington</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Korea Advanced Institute of Science and Technology </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39496AA8" w14:textId="38FD4F1B" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="39496AA8" w14:textId="38FD4F1B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Tokyo University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Tokyo Institute of Technology</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Mercer University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00030E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00030E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Louisville</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Shorter University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Oglethorpe University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Seoul National University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Hanyang University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Fairley Dickinson University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Georgia Institute of Technology</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>University of Maryland</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Cornell University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0070452B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0070452B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0070452B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0070452B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of British Columbia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Harvard University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Yale University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0070452B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0070452B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0070452B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0070452B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of California at Irvine</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>McGill University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of California at Los Angeles</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Middlebury College</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>University of Washington</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>University of California at San Diego</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Purdue University</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0070452B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0070452B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">University </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of California at Berkeley</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Sacramento State University </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E64B137" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2E64B137" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="508D6F05" w14:textId="4BAFB2A1" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Other Scholarly Accomplishments </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE8F14D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5CE8F14D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Serve-Learn-Sustain Course Development Grant, Georgia Institute of Technology, 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7DF2AF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6F7DF2AF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Serve-Learn-Sustain Grant, Georgia Institute of Technology, 2016. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD40A00" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4DD40A00" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ivan Allen College Faculty Research Grant, Georgia Institute of Technology, 2011. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A908787" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5A908787" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Travel Award, Center for International Business Education and Research Grant, Georgia Institute of Technology, 2011. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75AC2499" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="75AC2499" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Tech Foundation Grant, 2011. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68050AA0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="68050AA0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Travel Award, Center for International Business Education and Research Grant, Georgia Institute of Technology, 2000. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24757E82" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="24757E82" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Tech Foundation Grant, 2009. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8307A9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4A8307A9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Tech Foundation Grant, 1999. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC9AE58" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1FC9AE58" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Tech Foundation Grant, 1998. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1732388B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1732388B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Travel Award, Center for International Business Education and Research Grant, Georgia Institute of Technology, 1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAFE66A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7CAFE66A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Research Award, Center for International Business Education and Research Grant, Georgia Institute of Technology, 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D43805" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="006029BA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="41D43805" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Abe Fellowship (Social Science Research Council), 1993-1994.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16746659" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="006029BA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="16746659" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Faculty Research Fellowship, 1991-1992. University of California at Irvine. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C55AA1C" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="006029BA">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7C55AA1C" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EEA36E3" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chancellor's Dissertation Fellowship, 1989-1990. University of California at Berkeley. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75DBFBC9" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="006029BA">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="75DBFBC9" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DE3B9F" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Japan Foundation Dissertation Fellowship, 1987-1988.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F072562" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="006029BA">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7F072562" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7252367D" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Fulbright-Hayes Dissertation Fellowship, 1987-1988 (declined).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EBF862" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="006029BA">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="68EBF862" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5163F6D1" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00CD0927">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ministry of Education (Japan) Dissertation Fellowship, 1987-1988 (declined).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A160ED1" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="00CD0927">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4A160ED1" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="00CD0927">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589CA78E" w14:textId="77777777" w:rsidR="00CD0927" w:rsidRPr="00FB3B3D" w:rsidRDefault="00CD0927" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Philo Sherman Bennett Prize for the Best Undergraduate Paper, Department of Political Science, University of Utah, 1979 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6626BC05" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...6 lines deleted...]
-    <w:p w14:paraId="072CF6BF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="6626BC05" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072CF6BF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>SERVICE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B4CEFA" w14:textId="7707F41D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="17B4CEFA" w14:textId="7707F41D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Professional Contributions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAFC8B8" w14:textId="4FD6ECDB" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="56A88028" w14:textId="49A678E3" w:rsidR="008D72C9" w:rsidRDefault="008D72C9" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Creator, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D72C9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>"Japanese Cabinets and Cabinet Ministers Database", https://doi.org/10.7910/DVN/UFIWYW, Harvard Dataverse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFB4FC1" w14:textId="77777777" w:rsidR="008D72C9" w:rsidRDefault="008D72C9" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CAFC8B8" w14:textId="194952D4" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Peer reviewer: Comparative Politics, Utilities Policy, Routledge (two book manuscripts), Pacific Affairs, Social Science Japan Journal, Journal of Global Initiatives, Party Politics Global Corruption Report (Transparency International)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB41CC7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3EB41CC7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, External Review Committee, Eastern Carolina University MA program in International Studies, 2005. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC0C148" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1EC0C148" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Committee, Southern Japan Seminar, 1999-present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C3A977" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="63C3A977" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Southern Regional Japan Seminar (180-member association of Japan-related scholars in the Southeastern United States), 1997-1999. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644930EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="644930EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Facilitator, "Japan-U.S. Relations: Implications for the 21st Century," The Japan America Society of Georgia, Atlanta, October 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E6766B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="66E6766B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussant, "Social and Political Problems in an Aging Society," Southern Japan Seminar, Panama City Beach, October 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3259D8EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3259D8EA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Speaker, "Current Political Change in Japan and Its Effect on the Business Climate Seminar on Business Negotiations with the Japanese, Atlanta, June 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE34E04" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="3BE34E04" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Speaker, "Japanese Economic Policy," Conference Sponsored by the Center for War, Peace, and the News Media, Atlanta, April 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A34D476" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1A34D476" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Speaker, "Evaluating Japan's Economy," Asia-Pacific Seminar of the Southern Center for International Studies, Atlanta, April 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C760A5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="77C760A5" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Panel on Environment and Health Issues, Conference on Challenges to Growth in Asia, Atlanta, March 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D39978" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="36D39978" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Speaker, "The Japanese Business Climate," Conference on Competing in Technology-Intensive Products in Japan," Atlanta, February 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB3706D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6EB3706D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Discussant, "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Gaiatsu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Japanese Policymaking," Abe Fellows' Autumn Colloquium, Tokyo, December 1993. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74ECEBA6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="74ECEBA6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussant, "Informal Politics of Leadership Recruitment in East Asia," Annual Meeting of the Association for Asian Studies, Washington, D.C., March 1992. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4019286E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4019286E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussant, Conference on U.S.-Japan Relations, Claremont McKenna College, March 1991. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2030D7CF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2030D7CF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussant, Conference on Pacific Security Issues, Institute on Global Conflict and Cooperation, Berkeley, March 1987. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3346F7C3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3346F7C3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD3DD7E" w14:textId="03496F7E" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Campus Contributions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FDD87D" w14:textId="254017A1" w:rsidR="00ED6346" w:rsidRPr="00222C86" w:rsidRDefault="00ED6346" w:rsidP="00A93EE9">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2BD17748" w14:textId="6B9B6F51" w:rsidR="00B61634" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B61634" w:rsidP="00B61634">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Guest lecture: “Institutional Resilience and Disaster Governance,” Infrastructure Systems (</w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>CEE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6651), October 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1285A64B" w14:textId="24CFB4F7" w:rsidR="004B40DD" w:rsidRPr="00FB3B3D" w:rsidRDefault="004B40DD" w:rsidP="004B40DD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Guest lecture: “Institutional Resilience and Disaster Governance,” Introduction to Cross-Cultural Studies (Modern Languages 2500), October 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB7006E" w14:textId="07A888A0" w:rsidR="007A720C" w:rsidRPr="00FB3B3D" w:rsidRDefault="007A720C" w:rsidP="007A720C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited Speaker, “Creating the Future through Research and International Experience,” 2022 Nakatani Fall Symposium, Coulter Department of Biomedical Engineering, </w:t>
+      </w:r>
+      <w:r w:rsidR="00320F75" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00320F75" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FDD87D" w14:textId="6EC83AD3" w:rsidR="00ED6346" w:rsidRPr="00FB3B3D" w:rsidRDefault="00ED6346" w:rsidP="00A93EE9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Presenter, “The Megaregion as a Complex Adaptive System: The Case of BosWash,” Infrastructure Research Group Seminar, April 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55208E28" w14:textId="68A75892" w:rsidR="00A93EE9" w:rsidRPr="00222C86" w:rsidRDefault="00A93EE9" w:rsidP="00A93EE9">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="55208E28" w14:textId="74A0883C" w:rsidR="00A93EE9" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93EE9" w:rsidP="00A93EE9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Speaker, “Li</w:t>
+      </w:r>
+      <w:r w:rsidR="007A720C" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ving and Researching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Japan,” 2024 Nakatani Program Orientation, Coulter Department of Biomedical Engineering, February 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349DD06F" w14:textId="471C968F" w:rsidR="00A93EE9" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93EE9" w:rsidP="00A93EE9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Global Development Assistant Professor Search Committee, Sam Nunn School of International Affairs, Spring 2024. Result: pending. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68999928" w14:textId="36AB75F6" w:rsidR="00ED6346" w:rsidRPr="00222C86" w:rsidRDefault="00ED6346" w:rsidP="00ED6346">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="576A3B6B" w14:textId="77777777" w:rsidR="00A93EE9" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93EE9" w:rsidP="00602F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Member, Post Tenure Review Committee, School of Literature, Media and Communication, Spring 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E13DD8" w14:textId="24366FC2" w:rsidR="00602F0D" w:rsidRPr="00222C86" w:rsidRDefault="00602F0D" w:rsidP="00602F0D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="39E13DD8" w14:textId="6DE59186" w:rsidR="00602F0D" w:rsidRPr="00FB3B3D" w:rsidRDefault="00320F75" w:rsidP="00602F0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00602F0D" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Speaker, “Creating the Future through Research and International Experience,” 2022 Nakatani Fall Symposium, Coulter Department of Biomedical Engineering, October 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165B7BF0" w14:textId="367B0310" w:rsidR="00592F98" w:rsidRPr="00222C86" w:rsidRDefault="00592F98" w:rsidP="00592F98">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="165B7BF0" w14:textId="367B0310" w:rsidR="00592F98" w:rsidRPr="00FB3B3D" w:rsidRDefault="00592F98" w:rsidP="00592F98">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Organized visit to Georgia Tech </w:t>
       </w:r>
-      <w:r w:rsidR="00D31DCC" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00D31DCC" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>to welcome</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D31DCC" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00D31DCC" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Mio Maeda, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Consul General</w:t>
       </w:r>
-      <w:r w:rsidR="00D31DCC" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00D31DCC" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Japan in Atlanta,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> November 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564986F8" w14:textId="2D0AE763" w:rsidR="00592F98" w:rsidRPr="00222C86" w:rsidRDefault="00592F98" w:rsidP="00592F98">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="564986F8" w14:textId="52AB46C8" w:rsidR="00592F98" w:rsidRPr="00FB3B3D" w:rsidRDefault="00320F75" w:rsidP="00592F98">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Speaker, “Creating the Future through Research and International Experience,” 2022 Nakatani Fall Symposium, Coulter Department of Biomedical Engineering, October 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A34BB8E" w14:textId="0A54CFC4" w:rsidR="00C21801" w:rsidRPr="00222C86" w:rsidRDefault="00C21801" w:rsidP="007072D5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5A34BB8E" w14:textId="0A54CFC4" w:rsidR="00C21801" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C21801" w:rsidP="007072D5">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Speaker, “Megaregion: Form, Functions, and Potential,” part of panel discussion at Global Development Week, October 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438948FB" w14:textId="6C1F5FBA" w:rsidR="00466509" w:rsidRPr="00222C86" w:rsidRDefault="00030E32" w:rsidP="007072D5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="438948FB" w14:textId="3FD41AAB" w:rsidR="00466509" w:rsidRPr="00FB3B3D" w:rsidRDefault="00320F75" w:rsidP="007072D5">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00030E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00BC2210" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00BC2210" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>peaker</w:t>
       </w:r>
-      <w:r w:rsidR="00466509" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00466509" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, “Creating the Future through Research and International Experience,” </w:t>
       </w:r>
-      <w:r w:rsidR="00667486" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00667486" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 Nakatani </w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring </w:t>
       </w:r>
-      <w:r w:rsidR="00667486" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00667486" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Symposium, Coulter Department of Biomedical Engineering, </w:t>
       </w:r>
-      <w:r w:rsidR="00685526" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00685526" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>March 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0217054E" w14:textId="0C1911CD" w:rsidR="004B2A97" w:rsidRPr="00222C86" w:rsidRDefault="00F641F6" w:rsidP="007072D5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0217054E" w14:textId="0C1911CD" w:rsidR="004B2A97" w:rsidRPr="00FB3B3D" w:rsidRDefault="00F641F6" w:rsidP="007072D5">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-director (with Mariel Borowitz), </w:t>
       </w:r>
-      <w:r w:rsidR="004B2A97" w:rsidRPr="00222C86">
+      <w:r w:rsidR="004B2A97" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Vertically Integrated Project</w:t>
       </w:r>
-      <w:r w:rsidR="00D75864" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00D75864" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Sustainable Megaregion Research Project,” </w:t>
       </w:r>
-      <w:r w:rsidR="00D75864" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00D75864" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>March 2022 to present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CEC11F" w14:textId="25B8198C" w:rsidR="005D3F26" w:rsidRPr="00222C86" w:rsidRDefault="00890CCE" w:rsidP="007072D5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="28CEC11F" w14:textId="25B8198C" w:rsidR="005D3F26" w:rsidRPr="00FB3B3D" w:rsidRDefault="00890CCE" w:rsidP="007072D5">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Associate Director, </w:t>
       </w:r>
-      <w:r w:rsidR="005D3F26" w:rsidRPr="00222C86">
+      <w:r w:rsidR="005D3F26" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nakatani RIES Program (</w:t>
       </w:r>
-      <w:r w:rsidR="009332C7" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009332C7" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>School of Biomedical Engineering)</w:t>
       </w:r>
-      <w:r w:rsidR="005D3F26" w:rsidRPr="00222C86">
+      <w:r w:rsidR="005D3F26" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, January 2022 to present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D92272" w14:textId="77777777" w:rsidR="00FE0905" w:rsidRPr="00222C86" w:rsidRDefault="00FE0905" w:rsidP="00FE0905">
+    <w:p w14:paraId="05D92272" w14:textId="77777777" w:rsidR="00FE0905" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FE0905" w:rsidP="00FE0905">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Campus Representative, University System of Georgia World Regional Councils, 2021-present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537333C2" w14:textId="37A3FA86" w:rsidR="007072D5" w:rsidRPr="00222C86" w:rsidRDefault="007072D5" w:rsidP="007072D5">
-[...12 lines deleted...]
-      <w:r w:rsidR="00734A27" w:rsidRPr="00222C86">
+    <w:p w14:paraId="537333C2" w14:textId="0317965B" w:rsidR="007072D5" w:rsidRPr="00FB3B3D" w:rsidRDefault="004B40DD" w:rsidP="007072D5">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Guest lecture</w:t>
+      </w:r>
+      <w:r w:rsidR="007072D5" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “Institutional Resilience and </w:t>
+      </w:r>
+      <w:r w:rsidR="00734A27" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Disaster </w:t>
       </w:r>
-      <w:r w:rsidR="00286346" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00286346" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Management</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidR="007072D5" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">,” Infrastructure Systems (CEE 6651), October 2021 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FFB616" w14:textId="6F5290D3" w:rsidR="00DA107C" w:rsidRPr="00222C86" w:rsidRDefault="007072D5" w:rsidP="00DA107C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="29FFB616" w14:textId="6F5290D3" w:rsidR="00DA107C" w:rsidRPr="00FB3B3D" w:rsidRDefault="007072D5" w:rsidP="00DA107C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00DA107C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00DA107C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>peaker, “</w:t>
       </w:r>
-      <w:r w:rsidR="002378BB" w:rsidRPr="00222C86">
+      <w:r w:rsidR="002378BB" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Infrastructure, Equity, and Sustainable Development</w:t>
       </w:r>
-      <w:r w:rsidR="00DA107C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00DA107C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,” Impact Living Learning Community (College of Computing), September 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498259AE" w14:textId="5A764443" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="498259AE" w14:textId="5A764443" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Speaker, Insights </w:t>
       </w:r>
-      <w:r w:rsidR="006B1E18" w:rsidRPr="00222C86">
+      <w:r w:rsidR="006B1E18" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>into</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Tokyo Olympics, Georgia Tech, August 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E4F494" w14:textId="6FD13F9D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="36E4F494" w14:textId="6FD13F9D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Speaker, Virtual Workshop on Approaches to Building Resilience to Unknown Unknowns, Infrastructure Research Group, Georgia Tech, May 2021. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0887A863" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0887A863" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Affiliate, Infrastructure Research Group, School of Civil and Environmental Engineering, 2021 to present </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5753908A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5753908A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Director, Japan Summer Program in Sustainable Development, 2017 to present </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDCEF46" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3BDCEF46" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Guest lecture, “Institutional Resilience and Flood Control,” Infrastructure Systems (CEE 6651), October 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D434E9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="25D434E9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Speaker, “Race and Equity in the United States and South Africa,” Impact Living Learning Community (College of Computing), September 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FE985F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="58FE985F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Prizes and Awards Committee, Sam Nunn School of International Affairs, 2020 to present Member, Georgia Tech’s Fulbright Review Committee, Fall 2020. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A286A86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...38 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="3A286A86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Postdoc Search Committee, Sam Nunn School of International Affairs, Fall 2019/Spring 2020. Result: hire of Natalia Lamberova. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B8B73BE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Speaker, Sustainability Showcase, Georgia Tech, October 2019.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Member, Period Peer Review Committee (Literature, Media, and Communications), February 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE40A6D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6FE40A6D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair or member, Comparative Politics Ph.D. Qualifying Examination Committee, Sam Nunn School of International Affairs, 2018-2020. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A70DF9A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1A70DF9A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Moderator, Abe Fellows Global Forum 2018: “Japanese and American Innovation in a Global Age,” Atlanta, December 2018. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773ECEEA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="773ECEEA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Director of East Asian Studies, Ivan Allen College of Liberal Arts, 2015-2018. Director, Japan Summer Program in Sustainable Development, 2015 to present Member, Prizes Committee, Sam Nunn School of International Affairs, 2018 to present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F94DB26" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3F94DB26" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizer and moderator, “The Japan-US Alliance: Its Past, Present and Future,” public talk as part of East Asia Colloquium by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Taksahi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shinozuka, Consul General of Japan in Atlanta, November 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA80943" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizer and moderator, “Taiwan’s Steadfast Diplomacy and Relations with the United States,” public talk as part of East Asia Colloquium by Vincent Jing-Yen Liu, Director General Taipei Economic and Cultural Office in Atlanta, October 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65781B9D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="65781B9D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Keynote speaker, International Plan Induction Ceremony, September 2017.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Energy Systems for Sustainable Communities Fellow (Center for Serve-Learn-Sustain), 2017-2018 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC852CA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Organizer and moderator, "US-Japan Relations under the Trump Administration,” Panel Discussion (with Joseph Young, US Department of State; </w:t>
+    <w:p w14:paraId="4BC852CA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and moderator, "US-Japan Relations under the Trump Administration,” Panel Discussion (with Joseph Young, US Department of State; Masae Okura, immigration attorney), Georgia Tech, April 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1CF9C8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and moderator, "East Asian Studies: Perspectives on China’s Role” (with Fei-ling Wang, Georgia Tech; Paul Foster, Georgia Tech; and Penelope Prime, Georgia State University) Innovation and Collaboration in Liberal Arts, Sciences, and Technology Panel Discussion, Georgia Tech, March 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A744CB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer, visit and public lecture of Professor Elizabeth </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Masae</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Thurbon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (University of New South Wales), February 2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D072977" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2D072977" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Member, Comparative Politics Qualifying Examination Committee, Sam Nunn School of International Affairs, 2016-2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CE8EAE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="06CE8EAE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Lecture to Sam Nunn Policy Fellows, “Japanese Energy Security and Environmental Protection,” November 2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D445186" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3D445186" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizer and moderator, “East Asian Studies in the Ivan Allen College,” Innovation and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F850E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="00F850E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collaboration in Liberal Arts, Sciences, and Technology Panel Discussion, Georgia Tech, October 2016 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5143A15A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and facilitator, Tohoku University delegation’s visit to Georgia Tech, September 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A91DCD4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Associate Professor of Korean Language Search, School of Modern Languages, August 2016 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D17BDF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and facilitator, Dean Jacqueline Royster’s visit to Japan (including visits to Kobe University, Tokyo Institute of Technology, and Tohoku University), July 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5789DF18" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and presenter, “East Asian Studies in the Ivan Allen College,” Innovation and Collaboration in Liberal Arts, Sciences, and Technology Panel Discussion, Georgia Tech, April 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4087B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designed and Compiled Report for Online Assessment Tracking System for the Doctoral Program of the Sam Nunn School of International Affairs, 2015-2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A26153" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Faculty Search Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2014-2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757C86B0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty Affiliate, Georgia Tech Strategic Energy Institute, 2013 to present. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45481076" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discussant, “Japanese Politics and Policy in the 21st Century,” panel discussion presented by The Sasakawa Peace Foundation and Social Science Research Council Young Japanese Specialists US- Visit Program, Georgia Tech, Atlanta, Georgia, March 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AC68E3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented “Georgia Tech – Expanding the Global Footprint of the Technological Research University” at the Kobe University United States-Japan Collaboration Fair 2014, Kobe, Japan, March 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0940CD7F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contributed discussion post on Japanese Prime Minister Abe’s meeting with President Obama on “The Amplifier,” Georgia Tech’s “blog” for Expert on Current Issues, 22 February 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16182C86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented “Georgia Tech's Student Mobility Programs” at Tokyo Institute of Technology International Education and Research Program (TIER) Symposium, “Cultivating Global Leaders through World-Class University Collaborations,” Tokyo, 17 January 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3870CAAD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Collaboration in Liberal Arts, Sciences, and Technology Panel Discussion, Georgia Tech, October 2016 </w:t>
-[...180 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Member, Faculty Search Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2012-2013. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1C18F3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5A1C18F3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Organized and publicized Nunn School co-sponsored showing of “3/11 in the Moment,” 8 November 2012. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F614C6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="02F614C6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organized campus-wide information session for the Japan Society for the Promotion of Science, 7 November 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35879206" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented “The Evolution of Japan’s Parliamentary Cabinet System” as part of the International Affairs Graduate Student Organization’s Brown Bag Speaker Series, 20 September 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF9BC76" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prepared “Georgia Tech’s Direct Linkages in Japan,” a memo for Governor Nathan Deal, 4 September 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BFC1E7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Globalization Task Force Committee, Georgia Institute of Technology, August 2011 to December 2011. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7E75E2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer and Moderator, “Focus on Japan – Crisis and Response: A Georgia Tech Expert Forum” (brought together experts on earthquake engineering, nuclear engineering, humanitarian logistics, international economics, and Japanese politics), Georgia Institute of Technology, Atlanta, April 2011. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047D5D6F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acting Chair, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2009 to 2010. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58762864" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associate Chair, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2001 to 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F85F97" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director of Graduate Programs, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2001 to 2009, 2011 to 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7806D7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Search Committee for Vice Provost for Graduate and Undergraduate Studies, Georgia Institute of Technology, 2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAB178E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Institute for Leadership &amp; Entrepreneurship’s Leadership Roundtable, Georgia Institute of Technology, 2007-present </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B39E4B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Institute Review Committee, Georgia Institute of Technology, 2002-2005. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CC78E4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair, Hiring Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2001-2002. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F468DE8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair, Graduate Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 2001 to present. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BED745" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Organized campus-wide information session for the Japan Society for the Promotion of Science, 7 November 2012. </w:t>
-[...180 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Director of Undergraduate Programs, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997-2001. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745551AC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="745551AC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Undergraduate Programs Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1996-2001. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082B2B00" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="082B2B00" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Member Search Committee for the Dean of the Ivan Allen College, Georgia Institute of Technology, 1997-1998. Resulted in hiring of Sue Rosser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1D47AF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7B1D47AF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Methods/International Relations Search Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997-1998. Resulted in hiring of Jesus Felipe. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D53F69E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2D53F69E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Promotion and Tenure Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997-1999. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0928D090" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0928D090" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chair, Latin American Politics Search Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997-1998. Resulted in hiring of Kirk Bowman. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD5CA86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7DD5CA86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Graduate Admissions Committee, Sam Nunn School of International Affairs, Georgia Institute of Technology, 1997-1999. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC768F3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0DC768F3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Science and Technology Policy Search Committee, School of International Affairs, Georgia Institute of Technology, 1996. Resulted in hiring of Adam Stulberg. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3611E5E7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Coordinator, East Asian Caucus, Georgia Institute of Technology, 1996-1997.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Webmaster, The Japan Project at Georgia Tech (designed and constructed web site), 1996-present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67ADAE86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="67ADAE86" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Undergraduate Recruitment Committee, Ivan Allen College, Georgia Institute of Technology, 1995-present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0D4232" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0D0D4232" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Graduate Affairs Committee, School of International Affairs, Georgia Institute of Technology, 1995-present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B120C6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="50B120C6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Global Innovation Curriculum Committee, Ivan Allen College, Georgia Institute of Technology, 1995-1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36433701" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="36433701" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Western European Politics Search Committee, School of International Affairs, Georgia Institute of Technology, 1995. Resulted in hiring of Mark Hallerberg. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA1EA7E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Core Faculty Member, Center for International Business Education and Research, Georgia Institute of Technology, 1994-present. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DADC868" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1DADC868" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Middle East Politics Search Committee, Department of Government, Harvard University, 1992-1993. Resulted in hiring of Eva Bellin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEDEF16" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2EEDEF16" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Member, Board of Senior Tutors, Department of Government, Harvard University, 1992-1993. Member, Prizes Committee, Department of Government, Harvard University, 1991-1992. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F9E665" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="78F9E665" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Executive Committee of the Reischauer Institute of Japanese Studies, Harvard University, 1991-1993. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBAA422" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5FBAA422" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7025DDCA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Other Contributions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2608B4DE" w14:textId="1637A79D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2608B4DE" w14:textId="1637A79D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Books Reviewed in Professional Journals </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370F6C03" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Review of Vlado </w:t>
+    <w:p w14:paraId="370F6C03" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Vlado Vivoda, Energy Security in Japan: Challenges After Fukushima in Pacific Affairs, June 2015, Vol. 88, No. 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AF6DE1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Koji Nakakita, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Vivoda</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Jiminto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Review of Koji </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">̄ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Nakakita</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>seiji</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Jiminto</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>hen’yo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">̄ [The Transformation of LDP Politics] in Social Science Japan, Winter 2015, Vol. 18, No. 1. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161732D3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="161732D3" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Aurelia George Mulgan, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Power and Pork: A Japanese Political Life </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">in Pacific Affairs, Fall 2007: Vol. 80, No. 3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13057337" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="13057337" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Review of Roger W. Bowen, Japan's Dysfunctional Democracy: The Liberal Democratic Party and Structural Corruption in Pacific Affairs, vol. 78 (January 2005). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5321BF0D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Review of Albrecht </w:t>
+    <w:p w14:paraId="5321BF0D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Albrecht Rothacher, The Japanese Power Elite in Journal of Asian Studies, vol. 55, pg. 223-224 (May 1995). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AB26CB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Kent E. Calder, Crisis and Compensation in Pacific Affairs, vol. 63, pg. 106-107 (Spring 1990). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749BCFBA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Daniel I. Okimoto, Between MITI and the Market in Venture Japan, vol. 2, pg. 83-85 2 (1989). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187D01B1" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Takeshi Ishida and Ellis S. Krauss (eds.), Democracy in Japan and Karel G. van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:t>Rothacher</w:t>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Wolferen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, The Enigma of Japanese Power in San Francisco Review of Books (Fall 1989), pp. 37-42. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6FDD11" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4B6FDD11" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB6A52B" w14:textId="77BA9194" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Community Contributions (recent) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31271B8A" w14:textId="46ECD66E" w:rsidR="004446E5" w:rsidRPr="00222C86" w:rsidRDefault="004446E5" w:rsidP="001A790D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="31271B8A" w14:textId="46ECD66E" w:rsidR="004446E5" w:rsidRPr="00FB3B3D" w:rsidRDefault="004446E5" w:rsidP="001A790D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Featured presenter, “US-Japan Now: Impact of Japan's Election Results &amp; the Road Ahead</w:t>
       </w:r>
-      <w:r w:rsidR="001A790D" w:rsidRPr="00222C86">
+      <w:r w:rsidR="001A790D" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
-      <w:r w:rsidR="009749F3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009749F3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2021 Japanese Elections Webinar</w:t>
       </w:r>
-      <w:r w:rsidR="009749F3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009749F3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (co-sponsored by </w:t>
       </w:r>
-      <w:r w:rsidR="001A790D" w:rsidRPr="00222C86">
+      <w:r w:rsidR="001A790D" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The Japan-America Society of Georgia </w:t>
       </w:r>
-      <w:r w:rsidR="009749F3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009749F3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
-      <w:r w:rsidR="001A790D" w:rsidRPr="00222C86">
+      <w:r w:rsidR="001A790D" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Georgia Tech</w:t>
       </w:r>
-      <w:r w:rsidR="009749F3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009749F3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
-      <w:r w:rsidR="00537408" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00537408" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> November 18, 2021</w:t>
       </w:r>
-      <w:r w:rsidR="00FB64EB" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00FB64EB" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEB0923" w14:textId="5B283932" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="0FEB0923" w14:textId="5B283932" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:position w:val="8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Keynote speaker, “Growing Democracy in Japan: The Role of Critical Junctures and Institutions in Driving Change,” 27</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0027104A" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0027104A" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:position w:val="8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0027104A" w:rsidRPr="00222C86">
+      <w:r w:rsidR="0027104A" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:position w:val="8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Asian Studies Development Program National Conference, Atlanta, March 2020. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CA4521" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="46CA4521" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Featured speaker, “Geostrategy in the Grassroots: United States-Japan Relations at the Grassroots Level,” Japan American Society of Alabama, March 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CACC6B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="58CACC6B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Interviewer for Japan Exchange and Teaching Program, Consulate General of Japan in Atlanta, February 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7710FF02" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7710FF02" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Keynote speaker, “U.S.-Japan Relations under the Trump Administration,” Japan America Society of Alabama, Tuscaloosa, January 2018. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6213DD45" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6213DD45" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Keynote speaker, “U.S.-Japan Relations under the Trump Administration,” Japan America Society of North Carolina, Charlotte, September 2017. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1C8F7C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2F1C8F7C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Panelist, “Strength in Diversity” Forum, sponsored by Coca-Cola, May 2017</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Plenary speaker, “The Evolution of Japanese Democracy,” Teaching Japan Faculty Symposium, Asia Council of the University System of Georgia, Atlanta, April 2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B965B4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="75B965B4" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“US-Japan Relations from the Perspective of the Southeastern States,” presented at US-Japan Relations Discussion, Consulate General of Japan, Atlanta, March 2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647FAC8A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="647FAC8A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Keynote speaker, “The Populist Pushback and U.S-Japan Relations,” Japan America Society of Georgia Yearend Celebration Gala, Atlanta, December 2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110B179B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="110B179B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Invited lecture, “Japan in Perspective,” Georgia Council on Economic Education Workshop, Atlanta, November 2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7195573E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7195573E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Panelist, International Symposium of Japan-America Societies, Atlanta, October 2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0940DFBC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0940DFBC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Workshop organizer and invited lecture, “Japan in Perspective,” Japan Studies Workshop, Spelman College, Atlanta, September 2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D3ECAA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="18D3ECAA" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Japan’s Foreign Policy Dilemmas: The Domestic Crucible,” presented to the Atlanta Council on International Relations, Atlanta, September 2016. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152B0689" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="152B0689" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Ivan Allen College and Georgia Tech’s Pivot to East Asia,” presentation at Kobe University, July 2016. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA661E7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2EA661E7" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Volunteer Conversational English Teacher, Machida Area Boy Scouts (Japan), March to June, 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4006B43C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4006B43C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member of the International Co-operative Advisory Board, Academy for Co-Creative Education of Environment and Energy Science, 2014 to 2015. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3D290D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5C3D290D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Panel Co-chair and Presenter, Third International Educational Forum of the Academy for Co- Creative Education of Environment and Energy Science, Perth (Australia), December 2014. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315CCDF6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="315CCDF6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Invited speech, Fulbright Japan (Tokyo), September 2014. Invited lecture, Tokyo Institute of Technology, August 2014. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505621F8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="505621F8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Interviewer for Japan Exchange and Teaching Program, Consulate General of Japan in Atlanta, 18 February 2014. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13620B80" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="13620B80" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited Lecture, “Growing Democracy in Japan,” 2014 Asia Initiative Faculty Development Workshop, Mercer University, Macon, Georgia, February 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335FF043" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Partner, Center for Research in Energy Systems Transformation (CREST), Department of Electrical Engineering and Computer Science, University of California at Berkeley, 2011 to present. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02910E1D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited lecture, “The Fukushima Crisis and the Political Economy of Japanese Energy Policy: Critical Juncture or Anticlimax?” 3rd Annual Calvin and Helen Lang Asian Studies Symposium, University of Louisville, 23 March 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D724DC" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewer for Japan Exchange and Teaching Program, Consulate General of Japan in Atlanta, 18 February 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05ADD9DB" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited lecture, “Japanese History and Politics,” Georgia Council on Economic Education Workshop, 29 January 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798B4713" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewed on CNN International concerning the Sino-Japanese territorial conflict over the Senkaku / Diaoyu Islands, 26 September 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F329DA9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, National Corporate Advisory Board, Who’s Who in the Asian American Communities, 2012 to 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D73CAE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited lecture, “Global Perspectives Forum -- Embracing Japan: The Impact of the March 11th Triple Disasters,” Shorter University (Rome, Georgia), 21 September 2011 and 16 November 2011. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733FA26B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewed and quoted as a “Japanese energy policy expert” in the August 2011 issue of the Journal of the American Chamber of Commerce in Japan (http://accjjournal.com/the- economics-of- conservation/). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B46E073" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewed and quoted in “Crisis in Japan,” Bloomberg BusinessWeek, March 24, 2011 (www.businessweek.com/magazine/content/11_14/b4222012984187.htm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191D861A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited lecture, “Japan’s Energy and Environmental Policies,” University of Missouri-St. Louis, 5 September 2008. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAE63B2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Invited Lecture, “Growing Democracy in Japan,” 2014 Asia Initiative Faculty Development Workshop, Mercer University, Macon, Georgia, February 2014. </w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Panelist, Legacy of Honor: The Impact of Eagle Scouts, Georgia Tech Business Network, 24 April 2008. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69336BBE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="69336BBE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Triumph Amidst Tribulation: The Story of Asian Americans in the Southeastern United States,” essay prepared for the 2007 Who’s Who in Asian American Communities Awards Ceremony, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B94E2F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="74B94E2F" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Atlanta, July 2007. Text of essay formed basis of the basis of a video produced for the Who's Who in Asian American Communities Gala. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F94C13" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="03F94C13" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Invited lecture, “The Evolution of Japan’s Parliamentary Cabinet System, 1885-2007,” Institute for Japanese Studies, Seoul National University, May 2007. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE83711" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0DE83711" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Board of Advisors, Who’s Who in the Asian American Community of Georgia, 2005 to 2012. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0F0666" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6C0F0666" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20954991" w14:textId="1D80AA39" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Consulting Activities (partial listing) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A33F09B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1A33F09B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Numerous business briefings on Japan, Korea, and East Asia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A2353C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="55A2353C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Expert witness, 2006-2007. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE13136" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4AE13136" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Japanese Corruption and Its Future,” paper prepared for Booz Allen Hamilton, October 2006. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C29CC78" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3C29CC78" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewer for grant proposals, Japan Foundation for Global Partnership, 2005-2006. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A95E7FE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2A95E7FE" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Expert witness, 1997-1998. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F1D14A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="53F1D14A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Doing Business in Japan,” briefing presented to Project Team from </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Americord</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Inc., 1997. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF6F1CD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7EF6F1CD" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Management Challenges in the American Business Climate,” briefing presented to Japanese executives organized by the Japan Institute of Plant Maintenance, 1996. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A73138" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="62A73138" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Doing Business with a Japanese Company: The Essentials for Success,” briefing presented to Project Team from Simons Engineering, Inc., 1995. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA3B9C8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...6 lines deleted...]
-    <w:p w14:paraId="7B729B95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+    <w:p w14:paraId="0FA3B9C8" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B729B95" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>GRANTS AND CONTRACTS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431812FA" w14:textId="171AD539" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="431812FA" w14:textId="171AD539" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">As Principal Investigator or Co-Principal Investigator </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3520E4E5" w14:textId="3462AA78" w:rsidR="00127349" w:rsidRPr="00222C86" w:rsidRDefault="00127349" w:rsidP="00EE09F2">
-[...37 lines deleted...]
-    <w:p w14:paraId="43FA93F3" w14:textId="77777777" w:rsidR="00127349" w:rsidRPr="00222C86" w:rsidRDefault="00127349" w:rsidP="00127349">
+    <w:p w14:paraId="498C8605" w14:textId="2256C8A7" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title: Global Centers: Harnessing Aquatic Resources through Micro-Organism </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Nurturi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="542A94B6" w14:textId="4D0285D9" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sponsor: National Science Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D34D1A8" w14:textId="77777777" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="001B2B25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Co-principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0A9742" w14:textId="130765CE" w:rsidR="00127349" w:rsidRPr="00222C86" w:rsidRDefault="00127349" w:rsidP="00127349">
+    <w:p w14:paraId="4E5C0568" w14:textId="708E2A3F" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="001B2B25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...6 lines deleted...]
-    <w:p w14:paraId="107C945A" w14:textId="58ED79BF" w:rsidR="00127349" w:rsidRPr="00222C86" w:rsidRDefault="00127349" w:rsidP="00127349">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Funding level: $5,000,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449BCCD6" w14:textId="2B9A1717" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="001B2B25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Period of performance: 10/2024 – 09/2029</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B253E1F" w14:textId="77777777" w:rsidR="000C4576" w:rsidRPr="00222C86" w:rsidRDefault="000C4576" w:rsidP="00EE09F2">
-[...116 lines deleted...]
-    <w:p w14:paraId="36A5B5BA" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+    <w:p w14:paraId="6E33611A" w14:textId="77777777" w:rsidR="001B2B25" w:rsidRPr="00FB3B3D" w:rsidRDefault="001B2B25" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3520E4E5" w14:textId="2EFE55EE" w:rsidR="00127349" w:rsidRPr="00FB3B3D" w:rsidRDefault="00127349" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Title: Integrating Climate Resilience and Sustainability Concepts in Theory and Practice Transportation Decision-Support Systems, Institutions and Culture of Change</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DFE81E" w14:textId="30A68396" w:rsidR="000C4576" w:rsidRPr="00FB3B3D" w:rsidRDefault="00127349" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sponsor: National Science Foundation (</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4576" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>DBE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FA93F3" w14:textId="77777777" w:rsidR="00127349" w:rsidRPr="00FB3B3D" w:rsidRDefault="00127349" w:rsidP="00127349">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...6 lines deleted...]
-    <w:p w14:paraId="0E397AF0" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Co-principal Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0A9742" w14:textId="130765CE" w:rsidR="00127349" w:rsidRPr="00FB3B3D" w:rsidRDefault="00127349" w:rsidP="00127349">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...6 lines deleted...]
-    <w:p w14:paraId="4E2DFEE9" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Funding level: $1,500,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107C945A" w14:textId="58ED79BF" w:rsidR="00127349" w:rsidRPr="00FB3B3D" w:rsidRDefault="00127349" w:rsidP="00127349">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...6 lines deleted...]
-    <w:p w14:paraId="5599138D" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Period of performance: 08/2024 – 07/2027</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B253E1F" w14:textId="77777777" w:rsidR="000C4576" w:rsidRPr="00FB3B3D" w:rsidRDefault="000C4576" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12490D0B" w14:textId="7DD8A455" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00EE09F2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Critical Infrastructure, Disaster Resilience, and Sustainability in the Piedmont Atlantic Megaregion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D04AD96" w14:textId="1F1D65C2" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sponsor: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>National Science Foundation (CIVIC-PG Track A)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5520F2AC" w14:textId="77777777" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Principal Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D8F0EE" w14:textId="7A7CE1CA" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Funding level: $50,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14701545" w14:textId="7187E36A" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Period of Performance: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>07/2022 to 07/2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59223170" w14:textId="5564BBA7" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Date submitted: 05/05/2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (not funded)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DBFE5A" w14:textId="77777777" w:rsidR="00C70E32" w:rsidRPr="00FB3B3D" w:rsidRDefault="00C70E32" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A5B5BA" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
-[...6 lines deleted...]
-    <w:p w14:paraId="6C8FD911" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Title: Proposal Title: Nakatani Research and International Experience for Students (RIES) Fellowship Program at Georgia Institute of Technology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E397AF0" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sponsor: Nakatani Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2DFEE9" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Co-principal Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5599138D" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Funding level: $1,206,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8FD911" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: 10/01/2022 - 09/30/2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65876100" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00222C86" w:rsidRDefault="00B55419" w:rsidP="00B55419">
+    <w:p w14:paraId="65876100" w14:textId="77777777" w:rsidR="00B55419" w:rsidRPr="00FB3B3D" w:rsidRDefault="00B55419" w:rsidP="00B55419">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B04C497" w14:textId="0FCF82DC" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2B04C497" w14:textId="0FCF82DC" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD68C3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AD68C3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Institutional Resilience, Disaster Mitigation, and the Swan Matrix: How to Prepare for, Manage, and Adapt to Extreme Events</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C867C88" w14:textId="2F26705C" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5C867C88" w14:textId="2F26705C" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sponsor: </w:t>
       </w:r>
-      <w:r w:rsidR="00AD68C3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AD68C3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ivan Allen College Small Grants for Research</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC54D4F" w14:textId="045E8092" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1BC54D4F" w14:textId="045E8092" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3877024F" w14:textId="7FE41BB4" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3877024F" w14:textId="7FE41BB4" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Funding level: $5,000 (with $2,500 matching funds from Nunn School)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D07D2C8" w14:textId="1B2780CA" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6D07D2C8" w14:textId="1B2780CA" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Period of performance: </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>07/05/2022</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>06/30/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC75F49" w14:textId="0D6AC45E" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7EC75F49" w14:textId="0D6AC45E" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Date submitted: </w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00AD68C3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AD68C3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2/28/</w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00AD68C3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AD68C3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (awarded 04/25/2022)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585BAA11" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="585BAA11" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592474EA" w14:textId="147FE949" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Title: An Inter-Agency Approach to Planning for Transportation System Resilience for Environmental Justice Populations and General Populations: Case Study Applications to Georgia, Texas</w:t>
       </w:r>
-      <w:r w:rsidR="00592F98" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00592F98" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Florida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1E9915" w14:textId="3DB21F55" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4B1E9915" w14:textId="3DB21F55" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Co-principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2560BA" w14:textId="1E200C4E" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4E2560BA" w14:textId="1E200C4E" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sponsor: CTEDD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E84D218" w14:textId="3E91D340" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4E84D218" w14:textId="3E91D340" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Funding level: $</w:t>
       </w:r>
-      <w:r w:rsidR="005D436B" w:rsidRPr="00222C86">
+      <w:r w:rsidR="005D436B" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>00,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D4FE6D" w14:textId="43EA1861" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="62D4FE6D" w14:textId="43EA1861" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Period of performance: </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>07/</w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 to </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>07/</w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690F0DE8" w14:textId="1CFF68F8" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="690F0DE8" w14:textId="1CFF68F8" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Date submitted: </w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009B1022" w:rsidRPr="00222C86">
+      <w:r w:rsidR="009B1022" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2/14</w:t>
       </w:r>
-      <w:r w:rsidR="00A2171C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00A2171C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>/22</w:t>
       </w:r>
-      <w:r w:rsidR="00C70E32" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00C70E32" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (awarded 04/21/2022)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6057D1" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...6 lines deleted...]
-    <w:p w14:paraId="7942D6CF" w14:textId="77777777" w:rsidR="00BE685F" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
+    <w:p w14:paraId="0D6057D1" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7942D6CF" w14:textId="77777777" w:rsidR="00BE685F" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: </w:t>
       </w:r>
-      <w:r w:rsidR="00BE685F" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00BE685F" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Center for Sustainable Safety and Mobility of Aging Population</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAD27C7" w14:textId="4A3F4B91" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
+    <w:p w14:paraId="3CAD27C7" w14:textId="4A3F4B91" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sponsor: GT Office of the Vice Provost for Research - Moving Teams Forward Seed Grant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Co-Principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DBDCD3" w14:textId="1A4C8100" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="59DBDCD3" w14:textId="1A4C8100" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding level: </w:t>
       </w:r>
-      <w:r w:rsidR="00BE685F" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00BE685F" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>$26,760</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B37B31" w14:textId="01F8F0A5" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="62B37B31" w14:textId="01F8F0A5" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00FD736C">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Period of performance: </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>02/01/</w:t>
       </w:r>
-      <w:r w:rsidR="00A2171C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00A2171C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 to </w:t>
       </w:r>
-      <w:r w:rsidR="00EE09F2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EE09F2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>06/30/</w:t>
       </w:r>
-      <w:r w:rsidR="00A2171C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00A2171C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06417D83" w14:textId="44DE1157" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="06417D83" w14:textId="44DE1157" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Date submitted: </w:t>
       </w:r>
-      <w:r w:rsidR="00A2171C" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00A2171C" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10/15/21</w:t>
       </w:r>
-      <w:r w:rsidR="00AD68C3" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00AD68C3" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (awarded 1/27/22)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501751E9" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00222C86" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="501751E9" w14:textId="77777777" w:rsidR="00FD736C" w:rsidRPr="00FB3B3D" w:rsidRDefault="00FD736C" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647763C7" w14:textId="33E41571" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: Critical Infrastructure, Disaster Resilience, and Megaregion Sustainability </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533BB21E" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="533BB21E" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sponsor: Japan Foundation – Japan-U.S. Global Partnership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342D0729" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="342D0729" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Principal Investigator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7876B4" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3E7876B4" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Funding level: $291,293</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6EA3D2" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2E6EA3D2" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: estimated start/end date: 6/1/22 to 5/31/25</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658F6D41" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="658F6D41" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="00A93D25">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Date submitted: 12/1/21</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE934D3" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00222C86" w:rsidRDefault="00A93D25" w:rsidP="003A5B09">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5CE934D3" w14:textId="77777777" w:rsidR="00A93D25" w:rsidRPr="00FB3B3D" w:rsidRDefault="00A93D25" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04668E38" w14:textId="7FFE6157" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: Critical Infrastructure, Disaster Resilience, and Megaregion Sustainability </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6AB250" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6D6AB250" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sponsor: GT Office of the Vice Provost for Research - Moving Teams Forward Seed Grant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co-Principal Investigators: Mariel Borowitz </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31479B34" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="31479B34" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding level: $71,322 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2319E259" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2319E259" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: estimated start/end date: 9/1/21 to 5/31/22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330D3C9C" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="330D3C9C" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDB0311" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Title: Research on Humans, Disasters, and the Built Environment </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Sponsor: GT Office of the Vice Provost for Research - Moving Teams Forward Seed Grant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co-Principal Investigators: Adjo Amekudzi-Kennedy et al. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76116735" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="76116735" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding level: $50,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B159C3" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="14B159C3" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: estimated start/end date: 9/1/21 to 5/31/22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CD4AE7" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="72CD4AE7" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48BF818B" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Title: Developing, Validating, and Disseminating a Converging Resilience Theory, Taxonomy, and Language across Disciplines</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Sponsor: National Science Foundation: Growing Convergence Research Proposal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co-Principal Investigators: Adjo Amekudzi-Kennedy et al </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D994A0" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="75D994A0" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Funding level: $3,578,536</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3727A3E1" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3727A3E1" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: estimated start/end date: 9/1/21 to 2/1/26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C6BBFE" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="06C6BBFE" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: not funded </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1126BD2B" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1126BD2B" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1633CF73" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Title: Critical Infrastructure, Disaster Resilience, and Megaregion Sustainability</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Sponsor: NSF Track 2 Proposal - Sustainable Regional Systems Research Networks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAA246D" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5CAA246D" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Co-Principal Investigator: Mariel Borowitz</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Funding level: $149,999 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0644458A" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0644458A" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Period of performance: estimated start/end date: 5/1/21 to 5/1/22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042C6DBE" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00222C86" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="042C6DBE" w14:textId="77777777" w:rsidR="003A5B09" w:rsidRPr="00FB3B3D" w:rsidRDefault="003A5B09" w:rsidP="003A5B09">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Result: not funded</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7163C0AA" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="00332B72">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="7163C0AA" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311FC09B" w14:textId="4B4356BF" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Moving Teams Forward to Pursue Research on Humans, Disasters and the Built Environment Seed Grant – Moving Teams Forward</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Georgia Tech Office of the Vice Provost for Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co-Principal Investigator with Adjo Amekudzi-Kennedy et al. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023ED685" w14:textId="77777777" w:rsidR="00CA1D2E" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="023ED685" w14:textId="77777777" w:rsidR="00CA1D2E" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Amount requested: $50,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2CD772" w14:textId="5434A22F" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2A2CD772" w14:textId="5434A22F" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: </w:t>
       </w:r>
-      <w:r w:rsidR="00B47A51" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00B47A51" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>funded</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6436612C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6436612C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F45802A" w14:textId="6627057D" w:rsidR="00CA1D2E" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00CA1D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Megaregions and Sustainability in the Global North DILAC Program</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co- Principal Investigator with Mariel Borowitz </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020A68CD" w14:textId="70640FBC" w:rsidR="009D4B0D" w:rsidRPr="00222C86" w:rsidRDefault="009D4B0D" w:rsidP="00CA1D2E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="020A68CD" w14:textId="70640FBC" w:rsidR="009D4B0D" w:rsidRPr="00FB3B3D" w:rsidRDefault="009D4B0D" w:rsidP="00CA1D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Amount requested: $20,000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0FC412" w14:textId="3FB85FF1" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00CA1D2E">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1E0FC412" w14:textId="3FB85FF1" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00CA1D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Result: funded ($10,000) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE1A6C0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5DE1A6C0" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Black Swan Event Identification and Planning for Urban System Resilience</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>GT Small Bets</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Co- Principal Investigator with Adjo Amekudzi-Kennedy (CEE) and Jeffrey Wilson (Institute for People &amp; Technology)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: funded ($68,960) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D9ECE6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="13D9ECE6" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2014-2015 Fulbright U.S. Scholar, Japan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Principal Investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Result: recommended through two-levels of peer review; selected by the J. William Foreign Fulbright Scholarship Board</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: funded </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185359A4" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="006029BA">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="185359A4" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Japan Foundation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Principal Investigator Amount Requested: $290,093 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A61E0AA" w14:textId="1AE32D73" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="006029BA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="2A61E0AA" w14:textId="1AE32D73" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="006029BA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: not funded </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F49A93" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="07F49A93" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Coca Cola Foundation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>(Co-Principal Investigator)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Amount Requested: $1,270,000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: funded - $1,130,000 (1 October 2012) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D79060" w14:textId="77777777" w:rsidR="00EE148A" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="19D79060" w14:textId="77777777" w:rsidR="00EE148A" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Southern Japan Regional Seminar Principal Investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">American Council of Learned Societies Amount Requested: $13,000 (1999) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDAB173" w14:textId="5B2D2B7B" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4DDAB173" w14:textId="5B2D2B7B" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: funded </w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>$13,000</w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0482FE96" w14:textId="77777777" w:rsidR="00E54B60" w:rsidRPr="00222C86" w:rsidRDefault="00E54B60" w:rsidP="00EE148A">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0482FE96" w14:textId="77777777" w:rsidR="00E54B60" w:rsidRPr="00FB3B3D" w:rsidRDefault="00E54B60" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705D55E7" w14:textId="77777777" w:rsidR="00E54B60" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Southern Japan Regional Seminar Principal Investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">American Council of Learned Societies Amount Requested: $13,000 (1998) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D65D85" w14:textId="48A91BF6" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="59D65D85" w14:textId="48A91BF6" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: funded </w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>$13,000</w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1833E183" w14:textId="77777777" w:rsidR="00E54B60" w:rsidRPr="00222C86" w:rsidRDefault="00E54B60" w:rsidP="00EE148A">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1833E183" w14:textId="77777777" w:rsidR="00E54B60" w:rsidRPr="00FB3B3D" w:rsidRDefault="00E54B60" w:rsidP="00EE148A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65AAFE5E" w14:textId="0B5488CB" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Japan’s Health Care Policy Co-Principal Investigator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>All-Japan Bankers Foundation Research Amount Requested: $10,000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: </w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">funded </w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>$10,000</w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>January 1996</w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB2293E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0AB2293E" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1475FF2D" w14:textId="6BED53BB" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">As Contributor </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00940F30" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00222C86" w:rsidRDefault="007304C6" w:rsidP="007304C6">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="00940F30" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00FB3B3D" w:rsidRDefault="007304C6" w:rsidP="007304C6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Title: Incorporating Resilience Considerations in Transportation Planning, TSMO and Asset Management </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B175AD6" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00222C86" w:rsidRDefault="007304C6" w:rsidP="007304C6">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="4B175AD6" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00FB3B3D" w:rsidRDefault="007304C6" w:rsidP="007304C6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Sponsor: Georgia Department of Transportation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Principal Investigator: Adjo Amekudzi-Kennedy (CEE)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Funding level: $499,985 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53679B72" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00222C86" w:rsidRDefault="007304C6" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="53679B72" w14:textId="77777777" w:rsidR="007304C6" w:rsidRPr="00FB3B3D" w:rsidRDefault="007304C6" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43550F8A" w14:textId="31C45117" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Implementation of Smart and Dynamic Adaptive Flood Management System to Strengthen the City of Austell’s Inland Flood Resilience</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Georgia Smart Communities Challenge 2020</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Principal Investigators: Michael Hayes (City of Austell) and Adjo Amekudzi-Kennedy (CEE) Amount requested: $125,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3141FB7F" w14:textId="3B0581FF" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00090830">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3141FB7F" w14:textId="3B0581FF" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Result: not funded </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D58DF50" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00222C86" w:rsidRDefault="00090830" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="5D58DF50" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00FB3B3D" w:rsidRDefault="00090830" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5A1339" w14:textId="2D3AE988" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Linking Engineering, Technology, and Policy for Post-War Reconstruction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>GT Small Bets</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Principal Investigators: Kevin </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+        <w:t>Principal Investigators: Kevin Caravati (ATAS Energy &amp; Sustainability Branch) and Alasdair Young (INTA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: </w:t>
       </w:r>
-      <w:r w:rsidR="00E54B60" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00E54B60" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">funded </w:t>
       </w:r>
-      <w:r w:rsidR="00EA2B61" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EA2B61" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>$74,946</w:t>
       </w:r>
-      <w:r w:rsidR="00EA2B61" w:rsidRPr="00222C86">
+      <w:r w:rsidR="00EA2B61" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E03E653" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00222C86" w:rsidRDefault="00090830" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6E03E653" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00FB3B3D" w:rsidRDefault="00090830" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A0549C" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Single-use: A Critical Review of a Dominant Paradigm though a Multi-disciplinary Approach GT Small Bets</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Co-Principal Investigators: Sabir Khan (Architecture) and Wendy </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Newstetter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BME) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76DADBE1" w14:textId="26A7F8A9" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00090830">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="76DADBE1" w14:textId="26A7F8A9" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Amount requested: $75,000 Result: not funded </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FB44A3" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00222C86" w:rsidRDefault="00090830" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="14FB44A3" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00FB3B3D" w:rsidRDefault="00090830" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45324691" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Evaluating Inland Flooding Risk in Georgia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">AT&amp;T Climate Resiliency Community Challenge Principal Investigator: Adjo Amekudzi-Kennedy (CEE) Result: $50,000 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DF3B8C" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00222C86" w:rsidRDefault="006029BA" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="08DF3B8C" w14:textId="77777777" w:rsidR="006029BA" w:rsidRPr="00FB3B3D" w:rsidRDefault="006029BA" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C9FE05" w14:textId="7D0570F2" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“The Potential Impact of the Formation of a Pacific Rim Free Trade Area” Pacific Rim Research Program, University of California</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t>Amount Requested: $N/A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: </w:t>
       </w:r>
-      <w:r w:rsidR="004378E2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="004378E2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>funded</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CBE5DC" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00222C86" w:rsidRDefault="00090830" w:rsidP="00090830">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="32CBE5DC" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00FB3B3D" w:rsidRDefault="00090830" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4422DB62" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00090830">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Served as Consultant/Collaborator </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08472914" w14:textId="4B12DE8D" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00592F98">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="08472914" w14:textId="4B12DE8D" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“Economic and Political Implications of a Yen Bloc” Matsushita International Foundation Research Grant Amount Requested: $N/A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Result: </w:t>
       </w:r>
-      <w:r w:rsidR="004378E2" w:rsidRPr="00222C86">
+      <w:r w:rsidR="004378E2" w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>funded</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ACC3DBC" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00222C86" w:rsidRDefault="00090830" w:rsidP="00592F98">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="0ACC3DBC" w14:textId="77777777" w:rsidR="00090830" w:rsidRPr="00FB3B3D" w:rsidRDefault="00090830" w:rsidP="00592F98">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6510FE52" w14:textId="533DF426" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HONORS AND AWARDS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F98AD2" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="045BD93C" w14:textId="29DE016F" w:rsidR="00556C43" w:rsidRDefault="00E02706" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Order of the Rising Sun, Gold Rays with Rosette</w:t>
+      </w:r>
+      <w:r w:rsidR="00556C43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Government of Japan, November 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00D462C0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F98AD2" w14:textId="66311768" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thank a Professor Awards (four), Fall 2020. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4F7DDF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="1B4F7DDF" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Professor of the Year, International Affairs Graduate Organization, 2013. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539C96D9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="539C96D9" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Professor of the Year, International Affairs Student Organization, 2000. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3953DD92" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="3953DD92" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, Omicron Delta Kappa National Leadership Honor Society, 1999. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6168029A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6168029A" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissertation nominated for the Gabriel Almond Prize of the American Political Science Association, 1991. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E38C29B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6E38C29B" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Chancellor’s Dissertation-Year Fellowship, University of California at Berkeley, 1989-1990. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128EAD65" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="128EAD65" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Outstanding Graduate Student Instructor, Department of Political Science, University of California at Berkeley, 1987. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069EC38D" w14:textId="77777777" w:rsidR="00332B72" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00332B72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="56D1BB6A" w14:textId="77777777" w:rsidR="00E02706" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ministry of Education Fellowship (Japan), 1979-1980.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00222C86">
-[...3 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w14:paraId="069EC38D" w14:textId="765931A0" w:rsidR="00332B72" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00332B72">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pi Sigma Alpha National Political Science Honor Society, inducted 1981. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B89E8F5" w14:textId="5007BF08" w:rsidR="00CD2324" w:rsidRPr="00222C86" w:rsidRDefault="00332B72" w:rsidP="00271937">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00222C86">
+    <w:p w14:paraId="6B89E8F5" w14:textId="5007BF08" w:rsidR="00CD2324" w:rsidRPr="00FB3B3D" w:rsidRDefault="00332B72" w:rsidP="00271937">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3B3D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Eagle Scout, 1970. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CD2324" w:rsidRPr="00222C86">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00CD2324" w:rsidRPr="00FB3B3D">
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DEEA436" w14:textId="77777777" w:rsidR="004128DA" w:rsidRDefault="004128DA" w:rsidP="009F4072">
+    <w:p w14:paraId="5ACF8CED" w14:textId="77777777" w:rsidR="004A2F62" w:rsidRDefault="004A2F62" w:rsidP="009F4072">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="179F7A70" w14:textId="77777777" w:rsidR="004128DA" w:rsidRDefault="004128DA" w:rsidP="009F4072">
+    <w:p w14:paraId="282E97D7" w14:textId="77777777" w:rsidR="004A2F62" w:rsidRDefault="004A2F62" w:rsidP="009F4072">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45B28264" w14:textId="160ABF53" w:rsidR="009F4072" w:rsidRDefault="009F4072" w:rsidP="00AD7389">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="609816E0" w14:textId="77777777" w:rsidR="009F4072" w:rsidRDefault="009F4072" w:rsidP="009F4072">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="2136444215"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="00ABD1FC" w14:textId="0E4A3995" w:rsidR="009F4072" w:rsidRDefault="009F4072" w:rsidP="00AD7389">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -14967,70 +14651,70 @@
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="519FF5F6" w14:textId="77777777" w:rsidR="009F4072" w:rsidRDefault="009F4072" w:rsidP="009F4072">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C433E8A" w14:textId="77777777" w:rsidR="004128DA" w:rsidRDefault="004128DA" w:rsidP="009F4072">
+    <w:p w14:paraId="6DDA5F29" w14:textId="77777777" w:rsidR="004A2F62" w:rsidRDefault="004A2F62" w:rsidP="009F4072">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48943446" w14:textId="77777777" w:rsidR="004128DA" w:rsidRDefault="004128DA" w:rsidP="009F4072">
+    <w:p w14:paraId="219C1E85" w14:textId="77777777" w:rsidR="004A2F62" w:rsidRDefault="004A2F62" w:rsidP="009F4072">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="770E31B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A9E8AB3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -15143,393 +14827,476 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1033075336">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00332B72"/>
+    <w:rsid w:val="00010BBC"/>
+    <w:rsid w:val="0001181F"/>
+    <w:rsid w:val="00013945"/>
     <w:rsid w:val="00015D3C"/>
     <w:rsid w:val="00025941"/>
     <w:rsid w:val="00030E32"/>
+    <w:rsid w:val="000603E1"/>
     <w:rsid w:val="0006130E"/>
     <w:rsid w:val="000629D3"/>
     <w:rsid w:val="00070568"/>
     <w:rsid w:val="0007691B"/>
     <w:rsid w:val="00082717"/>
     <w:rsid w:val="000842C0"/>
+    <w:rsid w:val="00090139"/>
+    <w:rsid w:val="00090682"/>
     <w:rsid w:val="00090830"/>
     <w:rsid w:val="00091939"/>
     <w:rsid w:val="000930C2"/>
     <w:rsid w:val="000A03A3"/>
     <w:rsid w:val="000A28CD"/>
     <w:rsid w:val="000A3975"/>
     <w:rsid w:val="000A4C67"/>
     <w:rsid w:val="000A4F94"/>
     <w:rsid w:val="000C1477"/>
     <w:rsid w:val="000C4576"/>
     <w:rsid w:val="000D046F"/>
     <w:rsid w:val="000D0EE7"/>
     <w:rsid w:val="000E2E83"/>
     <w:rsid w:val="000F112E"/>
+    <w:rsid w:val="000F4272"/>
     <w:rsid w:val="000F5136"/>
     <w:rsid w:val="0010017E"/>
     <w:rsid w:val="00127349"/>
     <w:rsid w:val="00134494"/>
+    <w:rsid w:val="00137E36"/>
     <w:rsid w:val="00151A90"/>
     <w:rsid w:val="00184F5D"/>
     <w:rsid w:val="001962CC"/>
     <w:rsid w:val="001A790D"/>
     <w:rsid w:val="001B292C"/>
+    <w:rsid w:val="001B2B25"/>
+    <w:rsid w:val="001B3732"/>
     <w:rsid w:val="001C203F"/>
     <w:rsid w:val="001C5486"/>
     <w:rsid w:val="001C7401"/>
+    <w:rsid w:val="001E2BB1"/>
     <w:rsid w:val="001F0CDA"/>
     <w:rsid w:val="00213407"/>
+    <w:rsid w:val="00216EC7"/>
     <w:rsid w:val="00222C86"/>
     <w:rsid w:val="00225261"/>
     <w:rsid w:val="002345A7"/>
     <w:rsid w:val="002378BB"/>
     <w:rsid w:val="0025575B"/>
     <w:rsid w:val="0025653E"/>
     <w:rsid w:val="00264C64"/>
     <w:rsid w:val="00265740"/>
     <w:rsid w:val="0027104A"/>
     <w:rsid w:val="00271937"/>
     <w:rsid w:val="00283C88"/>
     <w:rsid w:val="00286346"/>
     <w:rsid w:val="002900AE"/>
     <w:rsid w:val="002A6438"/>
     <w:rsid w:val="002A6D18"/>
     <w:rsid w:val="002A7CCF"/>
+    <w:rsid w:val="002D5C87"/>
     <w:rsid w:val="002D76FE"/>
     <w:rsid w:val="002E1B00"/>
     <w:rsid w:val="002E22DF"/>
     <w:rsid w:val="002F2F25"/>
+    <w:rsid w:val="002F6E8A"/>
+    <w:rsid w:val="00320F75"/>
     <w:rsid w:val="00332B72"/>
     <w:rsid w:val="00341727"/>
+    <w:rsid w:val="00346E29"/>
     <w:rsid w:val="00356BA3"/>
     <w:rsid w:val="0037572A"/>
+    <w:rsid w:val="00387E91"/>
+    <w:rsid w:val="00394E62"/>
     <w:rsid w:val="003A5159"/>
     <w:rsid w:val="003A5B09"/>
     <w:rsid w:val="003B76E5"/>
     <w:rsid w:val="003C5DCD"/>
     <w:rsid w:val="004128DA"/>
     <w:rsid w:val="00412AE1"/>
+    <w:rsid w:val="00414798"/>
     <w:rsid w:val="004164CB"/>
     <w:rsid w:val="00427765"/>
+    <w:rsid w:val="004279EB"/>
     <w:rsid w:val="004378E2"/>
     <w:rsid w:val="004440D3"/>
     <w:rsid w:val="004446E5"/>
     <w:rsid w:val="00466509"/>
     <w:rsid w:val="00477CCE"/>
     <w:rsid w:val="00481B82"/>
     <w:rsid w:val="0049363F"/>
+    <w:rsid w:val="004A2F62"/>
     <w:rsid w:val="004B2A97"/>
+    <w:rsid w:val="004B40DD"/>
+    <w:rsid w:val="004C140D"/>
     <w:rsid w:val="004D2B47"/>
     <w:rsid w:val="004E440A"/>
+    <w:rsid w:val="00500995"/>
     <w:rsid w:val="0051596C"/>
+    <w:rsid w:val="00530A4A"/>
+    <w:rsid w:val="005368A9"/>
     <w:rsid w:val="00537408"/>
     <w:rsid w:val="0054014F"/>
     <w:rsid w:val="00546EB1"/>
     <w:rsid w:val="00551FA8"/>
+    <w:rsid w:val="00556C43"/>
+    <w:rsid w:val="00556E5C"/>
     <w:rsid w:val="005577C6"/>
     <w:rsid w:val="005633AC"/>
     <w:rsid w:val="00566720"/>
     <w:rsid w:val="005733ED"/>
+    <w:rsid w:val="00573759"/>
     <w:rsid w:val="00573C0B"/>
+    <w:rsid w:val="00581A08"/>
     <w:rsid w:val="00592F98"/>
+    <w:rsid w:val="005A5FFF"/>
+    <w:rsid w:val="005C67F0"/>
     <w:rsid w:val="005D3F26"/>
     <w:rsid w:val="005D436B"/>
     <w:rsid w:val="005E300B"/>
     <w:rsid w:val="005E71EF"/>
+    <w:rsid w:val="00601953"/>
     <w:rsid w:val="006029BA"/>
     <w:rsid w:val="00602F0D"/>
     <w:rsid w:val="006035F4"/>
     <w:rsid w:val="00610A42"/>
     <w:rsid w:val="00611548"/>
     <w:rsid w:val="00611DB4"/>
     <w:rsid w:val="00615A90"/>
     <w:rsid w:val="006179BA"/>
     <w:rsid w:val="00620E6A"/>
     <w:rsid w:val="00632F30"/>
     <w:rsid w:val="006416E6"/>
     <w:rsid w:val="00643C6C"/>
+    <w:rsid w:val="00654C1C"/>
     <w:rsid w:val="00661489"/>
     <w:rsid w:val="00667486"/>
     <w:rsid w:val="00682525"/>
     <w:rsid w:val="00685526"/>
+    <w:rsid w:val="00690F35"/>
     <w:rsid w:val="00692C26"/>
     <w:rsid w:val="006B1E18"/>
+    <w:rsid w:val="006B3B93"/>
     <w:rsid w:val="006C1F81"/>
+    <w:rsid w:val="006C234D"/>
     <w:rsid w:val="006C3DDA"/>
+    <w:rsid w:val="006E1ECE"/>
     <w:rsid w:val="006E3430"/>
     <w:rsid w:val="006E440C"/>
+    <w:rsid w:val="006F2E05"/>
+    <w:rsid w:val="006F7996"/>
+    <w:rsid w:val="006F7B8A"/>
     <w:rsid w:val="0070452B"/>
     <w:rsid w:val="007072D5"/>
     <w:rsid w:val="007100ED"/>
     <w:rsid w:val="00712E85"/>
     <w:rsid w:val="00720A35"/>
+    <w:rsid w:val="00721B83"/>
     <w:rsid w:val="007304C6"/>
     <w:rsid w:val="00734A27"/>
     <w:rsid w:val="00754559"/>
     <w:rsid w:val="0077589A"/>
     <w:rsid w:val="00777D87"/>
+    <w:rsid w:val="00780670"/>
     <w:rsid w:val="00784169"/>
     <w:rsid w:val="00787499"/>
     <w:rsid w:val="007951F9"/>
     <w:rsid w:val="007A02EA"/>
+    <w:rsid w:val="007A720C"/>
     <w:rsid w:val="007B3B47"/>
     <w:rsid w:val="007B3C21"/>
     <w:rsid w:val="007B4A4D"/>
     <w:rsid w:val="007C049C"/>
+    <w:rsid w:val="007C5682"/>
     <w:rsid w:val="007F083F"/>
     <w:rsid w:val="007F30A2"/>
     <w:rsid w:val="008048C7"/>
+    <w:rsid w:val="0082577E"/>
     <w:rsid w:val="00837EF8"/>
     <w:rsid w:val="008578D1"/>
+    <w:rsid w:val="00863CE2"/>
     <w:rsid w:val="008666B3"/>
     <w:rsid w:val="008836A9"/>
+    <w:rsid w:val="00883CE9"/>
     <w:rsid w:val="008840ED"/>
     <w:rsid w:val="00890CCE"/>
     <w:rsid w:val="00893953"/>
+    <w:rsid w:val="008A5383"/>
     <w:rsid w:val="008B7BC2"/>
     <w:rsid w:val="008C4946"/>
     <w:rsid w:val="008C7332"/>
     <w:rsid w:val="008D11D7"/>
     <w:rsid w:val="008D4937"/>
+    <w:rsid w:val="008D72C9"/>
     <w:rsid w:val="008E4066"/>
     <w:rsid w:val="008F008B"/>
+    <w:rsid w:val="0091788D"/>
     <w:rsid w:val="00920AFA"/>
+    <w:rsid w:val="00924545"/>
     <w:rsid w:val="009332C7"/>
     <w:rsid w:val="00941307"/>
+    <w:rsid w:val="00950203"/>
     <w:rsid w:val="00951B95"/>
+    <w:rsid w:val="00953313"/>
     <w:rsid w:val="00954F8B"/>
+    <w:rsid w:val="00955CB0"/>
     <w:rsid w:val="00960424"/>
     <w:rsid w:val="009749F3"/>
     <w:rsid w:val="009878CB"/>
     <w:rsid w:val="009A64A2"/>
     <w:rsid w:val="009A705B"/>
     <w:rsid w:val="009B1022"/>
     <w:rsid w:val="009B1173"/>
     <w:rsid w:val="009B6413"/>
+    <w:rsid w:val="009B6AF0"/>
     <w:rsid w:val="009B7ED7"/>
     <w:rsid w:val="009C7DDB"/>
     <w:rsid w:val="009D385B"/>
     <w:rsid w:val="009D4B0D"/>
     <w:rsid w:val="009E085C"/>
     <w:rsid w:val="009E3100"/>
+    <w:rsid w:val="009F3C96"/>
     <w:rsid w:val="009F4072"/>
+    <w:rsid w:val="00A06D98"/>
     <w:rsid w:val="00A13773"/>
+    <w:rsid w:val="00A1592C"/>
     <w:rsid w:val="00A2171C"/>
     <w:rsid w:val="00A420C2"/>
     <w:rsid w:val="00A754C2"/>
+    <w:rsid w:val="00A772EE"/>
     <w:rsid w:val="00A8288A"/>
     <w:rsid w:val="00A93D25"/>
     <w:rsid w:val="00A93EE9"/>
     <w:rsid w:val="00AB06D1"/>
     <w:rsid w:val="00AB4A2D"/>
     <w:rsid w:val="00AC54D5"/>
     <w:rsid w:val="00AC5AF3"/>
     <w:rsid w:val="00AC7248"/>
     <w:rsid w:val="00AD2C4D"/>
     <w:rsid w:val="00AD68C3"/>
     <w:rsid w:val="00AE1F02"/>
     <w:rsid w:val="00AE4B56"/>
     <w:rsid w:val="00B13F04"/>
     <w:rsid w:val="00B2277A"/>
+    <w:rsid w:val="00B4066C"/>
     <w:rsid w:val="00B47A51"/>
     <w:rsid w:val="00B5199A"/>
     <w:rsid w:val="00B55419"/>
+    <w:rsid w:val="00B574DE"/>
     <w:rsid w:val="00B611E6"/>
+    <w:rsid w:val="00B61634"/>
+    <w:rsid w:val="00B65B75"/>
     <w:rsid w:val="00B77105"/>
     <w:rsid w:val="00BB228C"/>
+    <w:rsid w:val="00BB3696"/>
     <w:rsid w:val="00BB388A"/>
     <w:rsid w:val="00BB619F"/>
     <w:rsid w:val="00BC2210"/>
     <w:rsid w:val="00BD0BC9"/>
     <w:rsid w:val="00BD5CD2"/>
     <w:rsid w:val="00BE685F"/>
     <w:rsid w:val="00BF33D7"/>
     <w:rsid w:val="00C101C2"/>
+    <w:rsid w:val="00C14ED9"/>
     <w:rsid w:val="00C21801"/>
     <w:rsid w:val="00C23995"/>
     <w:rsid w:val="00C260EF"/>
     <w:rsid w:val="00C415EF"/>
     <w:rsid w:val="00C4587E"/>
     <w:rsid w:val="00C60FF3"/>
     <w:rsid w:val="00C65C81"/>
     <w:rsid w:val="00C66F80"/>
     <w:rsid w:val="00C70E32"/>
     <w:rsid w:val="00C82824"/>
     <w:rsid w:val="00C853B5"/>
     <w:rsid w:val="00C909EB"/>
     <w:rsid w:val="00C94738"/>
     <w:rsid w:val="00CA1D2E"/>
     <w:rsid w:val="00CA53F0"/>
+    <w:rsid w:val="00CA5778"/>
     <w:rsid w:val="00CB2D92"/>
     <w:rsid w:val="00CB4C4F"/>
     <w:rsid w:val="00CC1104"/>
     <w:rsid w:val="00CC4317"/>
     <w:rsid w:val="00CD0927"/>
     <w:rsid w:val="00CD0937"/>
+    <w:rsid w:val="00CD206C"/>
     <w:rsid w:val="00CD2324"/>
     <w:rsid w:val="00CD79E0"/>
     <w:rsid w:val="00CF08C7"/>
     <w:rsid w:val="00CF290E"/>
+    <w:rsid w:val="00D03AB0"/>
     <w:rsid w:val="00D05F84"/>
     <w:rsid w:val="00D114D5"/>
     <w:rsid w:val="00D31DCC"/>
+    <w:rsid w:val="00D462C0"/>
     <w:rsid w:val="00D46E79"/>
     <w:rsid w:val="00D47926"/>
     <w:rsid w:val="00D5135A"/>
     <w:rsid w:val="00D534C9"/>
     <w:rsid w:val="00D56669"/>
     <w:rsid w:val="00D57855"/>
     <w:rsid w:val="00D64C66"/>
+    <w:rsid w:val="00D64F1D"/>
     <w:rsid w:val="00D75864"/>
     <w:rsid w:val="00D900DB"/>
+    <w:rsid w:val="00D90C27"/>
     <w:rsid w:val="00D93DBE"/>
     <w:rsid w:val="00DA107C"/>
+    <w:rsid w:val="00DB6569"/>
     <w:rsid w:val="00DC315D"/>
     <w:rsid w:val="00DC60D6"/>
     <w:rsid w:val="00DF019A"/>
+    <w:rsid w:val="00DF2A77"/>
     <w:rsid w:val="00DF793A"/>
+    <w:rsid w:val="00E02706"/>
+    <w:rsid w:val="00E30D5A"/>
     <w:rsid w:val="00E47A11"/>
     <w:rsid w:val="00E51CA2"/>
     <w:rsid w:val="00E529B0"/>
     <w:rsid w:val="00E54B60"/>
+    <w:rsid w:val="00E5779C"/>
     <w:rsid w:val="00E6496A"/>
     <w:rsid w:val="00E729F9"/>
     <w:rsid w:val="00E7688E"/>
     <w:rsid w:val="00E833A9"/>
     <w:rsid w:val="00E836D9"/>
     <w:rsid w:val="00E91902"/>
     <w:rsid w:val="00EA1E3C"/>
     <w:rsid w:val="00EA2B61"/>
     <w:rsid w:val="00EA692B"/>
     <w:rsid w:val="00ED0E0A"/>
     <w:rsid w:val="00ED2290"/>
     <w:rsid w:val="00ED6346"/>
     <w:rsid w:val="00EE09F2"/>
     <w:rsid w:val="00EE148A"/>
     <w:rsid w:val="00EE2362"/>
     <w:rsid w:val="00EE50B9"/>
     <w:rsid w:val="00EE5206"/>
     <w:rsid w:val="00EE6182"/>
     <w:rsid w:val="00EF48E1"/>
+    <w:rsid w:val="00F05966"/>
     <w:rsid w:val="00F12432"/>
     <w:rsid w:val="00F12810"/>
     <w:rsid w:val="00F1773B"/>
     <w:rsid w:val="00F22BD2"/>
     <w:rsid w:val="00F25301"/>
     <w:rsid w:val="00F27609"/>
     <w:rsid w:val="00F44D2B"/>
     <w:rsid w:val="00F47656"/>
     <w:rsid w:val="00F641F6"/>
     <w:rsid w:val="00F74418"/>
     <w:rsid w:val="00F76B20"/>
     <w:rsid w:val="00F77196"/>
+    <w:rsid w:val="00F83898"/>
     <w:rsid w:val="00FA286D"/>
+    <w:rsid w:val="00FB3B3D"/>
     <w:rsid w:val="00FB64EB"/>
+    <w:rsid w:val="00FC02FB"/>
     <w:rsid w:val="00FD2D1E"/>
     <w:rsid w:val="00FD3D6C"/>
     <w:rsid w:val="00FD736C"/>
     <w:rsid w:val="00FE0366"/>
     <w:rsid w:val="00FE0905"/>
     <w:rsid w:val="00FE1819"/>
     <w:rsid w:val="00FE1DB5"/>
+    <w:rsid w:val="00FE5513"/>
     <w:rsid w:val="00FE55F1"/>
+    <w:rsid w:val="00FF4E9F"/>
     <w:rsid w:val="00FF57C4"/>
     <w:rsid w:val="0F33C736"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="33173A6F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8D44D066-63CE-E549-ADFB-2F17B729AA70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15992,51 +15759,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E3100"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF57C4"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="8726162">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="33966183">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16123,50 +15890,89 @@
     <w:div w:id="552736935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="561794191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="873885759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="903494681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="499932501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="935671576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="935751316">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17528,51 +17334,51 @@
                 <w:div w:id="565072055">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/03611981241231960" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.trip.2021.100297" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/03611981241231960" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17830,71 +17636,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>39</Pages>
-[...1 lines deleted...]
-  <Characters>65821</Characters>
+  <Pages>41</Pages>
+  <Words>10551</Words>
+  <Characters>69326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>927</Lines>
-  <Paragraphs>159</Paragraphs>
+  <Lines>1386</Lines>
+  <Paragraphs>783</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>76951</CharactersWithSpaces>
+  <CharactersWithSpaces>79094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Woodall, Brian E</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>